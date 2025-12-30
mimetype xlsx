--- v0 (2025-11-14)
+++ v1 (2025-12-30)
@@ -74,51 +74,51 @@
   <si>
     <t>Téléphone</t>
   </si>
   <si>
     <t>Site internet</t>
   </si>
   <si>
     <t>Type d'établissement</t>
   </si>
   <si>
     <t>Activités</t>
   </si>
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
-    <t>SMR ORSAC DE L'AIN  SITE DE FELIX MANGINI</t>
+    <t>SMR ORSAC DE L AIN SITE DE FELIX MANGINI</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>21/01/2025 10:17:36</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/23_FicheEtablissement/fr/smr-orsac-de-l-ain-site-felix-mangini</t>
   </si>
   <si>
     <t>23_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>1436 Avenue Felix Mangini</t>
   </si>
   <si>
     <t>01110 PLATEAU D HAUTEVILLE</t>
   </si>
   <si>
     <t>PLATEAU D HAUTEVILLE</t>
   </si>