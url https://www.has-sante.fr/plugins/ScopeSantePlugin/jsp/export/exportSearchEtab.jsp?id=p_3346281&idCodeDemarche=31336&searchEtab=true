--- v1 (2025-12-30)
+++ v2 (2026-02-13)
@@ -119,54 +119,54 @@
   <si>
     <t>01110 PLATEAU D HAUTEVILLE</t>
   </si>
   <si>
     <t>PLATEAU D HAUTEVILLE</t>
   </si>
   <si>
     <t>01</t>
   </si>
   <si>
     <t>0474404500</t>
   </si>
   <si>
     <t>Privé à but non lucratif</t>
   </si>
   <si>
     <t>Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>010780278</t>
   </si>
   <si>
     <t>Établissements certifiés avec mention</t>
   </si>
   <si>
-    <t>SMR ORSAC DE L'AIN - SITE D'ANGEVILLE</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/27_FicheEtablissement/fr/smr-orsac-de-l-ain-site-d-angeville</t>
+    <t>SMR ORSAC DE LAIN - SITE DANGEVILLE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/27_FicheEtablissement/fr/smr-orsac-de-lain-site-dangeville</t>
   </si>
   <si>
     <t>27_FicheEtablissement</t>
   </si>
   <si>
     <t>0474404300</t>
   </si>
   <si>
     <t>010780799</t>
   </si>
   <si>
     <t>SMR ORSAC DE L'AIN - SITE DE MARIE GAVOTY</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/4159_FicheEtablissement/fr/smr-orsac-de-l-ain-site-marie-gavoty</t>
   </si>
   <si>
     <t>4159_FicheEtablissement</t>
   </si>
   <si>
     <t>900 Route De Paris</t>
   </si>
   <si>
     <t>01012 BOURG EN BRESSE</t>
   </si>