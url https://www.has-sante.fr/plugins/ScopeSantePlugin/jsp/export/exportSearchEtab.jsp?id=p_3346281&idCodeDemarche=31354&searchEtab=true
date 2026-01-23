--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -1,418 +1,418 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Healthcare organisation" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Etablissement de santé" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Healthcare organisation'!$B$1:$T$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="280" uniqueCount="126">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Healthcare organisation size</t>
-[...2 lines deleted...]
-    <t>Adress</t>
+    <t>Taille établissement</t>
+  </si>
+  <si>
+    <t>Adresse</t>
   </si>
   <si>
     <t>Etablissement.libelle.adresse2</t>
   </si>
   <si>
-    <t>City</t>
-[...20 lines deleted...]
-    <t>Geographical finess</t>
+    <t>Commune</t>
+  </si>
+  <si>
+    <t>Département</t>
+  </si>
+  <si>
+    <t>Téléphone</t>
+  </si>
+  <si>
+    <t>Site internet</t>
+  </si>
+  <si>
+    <t>Type d'établissement</t>
+  </si>
+  <si>
+    <t>Activités</t>
+  </si>
+  <si>
+    <t>Statut juridique</t>
+  </si>
+  <si>
+    <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
     <t>CLINIQUE OMEGA</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>02/16/2024 14:43:44</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/3523_FicheEtablissement/en/clinique-omega</t>
+    <t>16/02/2024 14:43:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3523_FicheEtablissement/fr/clinique-omega</t>
   </si>
   <si>
     <t>3523_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>97420 LE PORT</t>
   </si>
   <si>
     <t>LE PORT</t>
   </si>
   <si>
     <t>9D</t>
   </si>
   <si>
     <t>0262420430</t>
   </si>
   <si>
     <t>Privé à but non lucratif</t>
   </si>
   <si>
     <t>Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>970405650</t>
   </si>
   <si>
     <t>Établissements certifiés avec mention</t>
   </si>
   <si>
     <t>UDM (ST DENIS)-AURAR</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/4108_FicheEtablissement/en/udm-st-denis-aurar</t>
+    <t>https://www.has-sante.fr/jcms/4108_FicheEtablissement/fr/udm-st-denis-aurar</t>
   </si>
   <si>
     <t>4108_FicheEtablissement</t>
   </si>
   <si>
     <t>26 Rue De L'Abattoir</t>
   </si>
   <si>
     <t>97400 ST DENIS</t>
   </si>
   <si>
     <t>ST DENIS</t>
   </si>
   <si>
     <t>0262299500</t>
   </si>
   <si>
     <t>Néphrologie</t>
   </si>
   <si>
     <t>970403705</t>
   </si>
   <si>
     <t>UAD-UDM (LE PORT) - AURAR</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/4109_FicheEtablissement/en/uad-udm-le-port-aurar</t>
+    <t>https://www.has-sante.fr/jcms/4109_FicheEtablissement/fr/uad-udm-le-port-aurar</t>
   </si>
   <si>
     <t>4109_FicheEtablissement</t>
   </si>
   <si>
     <t>0262420808</t>
   </si>
   <si>
     <t>970403721</t>
   </si>
   <si>
     <t>UAD (ST PAUL) - AURAR</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/4110_FicheEtablissement/en/uad-st-paul-aurar</t>
+    <t>https://www.has-sante.fr/jcms/4110_FicheEtablissement/fr/uad-st-paul-aurar</t>
   </si>
   <si>
     <t>4110_FicheEtablissement</t>
   </si>
   <si>
     <t>petit</t>
   </si>
   <si>
     <t>11 Rue De La Chapelle</t>
   </si>
   <si>
     <t>97460 ST PAUL</t>
   </si>
   <si>
     <t>ST PAUL</t>
   </si>
   <si>
     <t>0262452332</t>
   </si>
   <si>
     <t>970403747</t>
   </si>
   <si>
     <t>UDM-UAD (ST LOUIS) - AURAR</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/4111_FicheEtablissement/en/udm-uad-st-louis-aurar</t>
+    <t>https://www.has-sante.fr/jcms/4111_FicheEtablissement/fr/udm-uad-st-louis-aurar</t>
   </si>
   <si>
     <t>4111_FicheEtablissement</t>
   </si>
   <si>
     <t>23 Rue De L'Etang</t>
   </si>
   <si>
     <t>97450 ST LOUIS</t>
   </si>
   <si>
     <t>ST LOUIS</t>
   </si>
   <si>
     <t>0262392526</t>
   </si>
   <si>
     <t>970403754</t>
   </si>
   <si>
     <t>UAD (ST JOSEPH) - AURAR</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/4112_FicheEtablissement/en/uad-st-joseph-aurar</t>
+    <t>https://www.has-sante.fr/jcms/4112_FicheEtablissement/fr/uad-st-joseph-aurar</t>
   </si>
   <si>
     <t>4112_FicheEtablissement</t>
   </si>
   <si>
     <t>19 Rue Ylang Ylang</t>
   </si>
   <si>
     <t>97480 ST JOSEPH</t>
   </si>
   <si>
     <t>ST JOSEPH</t>
   </si>
   <si>
     <t>0262562845</t>
   </si>
   <si>
     <t>970403762</t>
   </si>
   <si>
     <t>UAD (TAMPON) - AURAR</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/4113_FicheEtablissement/en/uad-tampon-aurar</t>
+    <t>https://www.has-sante.fr/jcms/4113_FicheEtablissement/fr/uad-tampon-aurar</t>
   </si>
   <si>
     <t>4113_FicheEtablissement</t>
   </si>
   <si>
     <t>35 Rue Pasteur</t>
   </si>
   <si>
     <t>97430 LE TAMPON</t>
   </si>
   <si>
     <t>LE TAMPON</t>
   </si>
   <si>
     <t>0262574362</t>
   </si>
   <si>
     <t>970403770</t>
   </si>
   <si>
     <t>CENTRE-UDM-UAD-DAD (ST BENOIT) - AURAR</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/4115_FicheEtablissement/en/centre-udm-uad-dad-st-benoit-aurar</t>
+    <t>https://www.has-sante.fr/jcms/4115_FicheEtablissement/fr/centre-udm-uad-dad-st-benoit-aurar</t>
   </si>
   <si>
     <t>4115_FicheEtablissement</t>
   </si>
   <si>
     <t>1 Rue Des Aubepines</t>
   </si>
   <si>
     <t>97470 ST BENOIT</t>
   </si>
   <si>
     <t>ST BENOIT</t>
   </si>
   <si>
     <t>0262989898</t>
   </si>
   <si>
     <t>970404158</t>
   </si>
   <si>
     <t>CENTRE (ST PIERRE/U1) - AURAR</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/4116_FicheEtablissement/en/centre-st-pierre/u1-aurar</t>
+    <t>https://www.has-sante.fr/jcms/4116_FicheEtablissement/fr/centre-st-pierre/u1-aurar</t>
   </si>
   <si>
     <t>4116_FicheEtablissement</t>
   </si>
   <si>
     <t>15 Rue Des Roches</t>
   </si>
   <si>
     <t>97410 ST PIERRE</t>
   </si>
   <si>
     <t>ST PIERRE</t>
   </si>
   <si>
     <t>0262549940</t>
   </si>
   <si>
     <t>970405064</t>
   </si>
   <si>
     <t>UAD-DAD-DP (ST GILLES) - AURAR</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/4118_FicheEtablissement/en/uad-dad-dp-st-gilles-aurar</t>
+    <t>https://www.has-sante.fr/jcms/4118_FicheEtablissement/fr/uad-dad-dp-st-gilles-aurar</t>
   </si>
   <si>
     <t>4118_FicheEtablissement</t>
   </si>
   <si>
     <t>71 Rue Des Navigateurs</t>
   </si>
   <si>
     <t>97434 ST PAUL</t>
   </si>
   <si>
     <t>0262989955</t>
   </si>
   <si>
     <t>970405676</t>
   </si>
   <si>
     <t>UDM-UAD-DAD (ST PIERRE/U2) - AURAR</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/4119_FicheEtablissement/en/udm-uad-dad-st-pierre/u2-aurar</t>
+    <t>https://www.has-sante.fr/jcms/4119_FicheEtablissement/fr/udm-uad-dad-st-pierre/u2-aurar</t>
   </si>
   <si>
     <t>4119_FicheEtablissement</t>
   </si>
   <si>
     <t>22 Rue Des Roches</t>
   </si>
   <si>
     <t>0262961295</t>
   </si>
   <si>
     <t>970407151</t>
   </si>
   <si>
     <t>UAD-DAD (ST DENIS) - AURAR</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/7633_FicheEtablissement/en/uad-dad-st-denis-aurar</t>
+    <t>https://www.has-sante.fr/jcms/7633_FicheEtablissement/fr/uad-dad-st-denis-aurar</t>
   </si>
   <si>
     <t>7633_FicheEtablissement</t>
   </si>
   <si>
     <t>2 Rue D'Emmerez De Charmoy</t>
   </si>
   <si>
     <t>97490 ST DENIS</t>
   </si>
   <si>
     <t>0262918747</t>
   </si>
   <si>
     <t>970409991</t>
   </si>
   <si>
     <t>UAD (ST LEU) - AURAR</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/7634_FicheEtablissement/en/uad-st-leu-aurar</t>
+    <t>https://www.has-sante.fr/jcms/7634_FicheEtablissement/fr/uad-st-leu-aurar</t>
   </si>
   <si>
     <t>7634_FicheEtablissement</t>
   </si>
   <si>
     <t>15 Rue Du Pressoir</t>
   </si>
   <si>
     <t>97424 ST LEU</t>
   </si>
   <si>
     <t>ST LEU</t>
   </si>
   <si>
     <t>0262298870</t>
   </si>
   <si>
     <t>970410155</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
@@ -1275,51 +1275,51 @@
       <c r="A14" t="s">
         <v>20</v>
       </c>
       <c r="B14" t="s">
         <v>118</v>
       </c>
       <c r="C14" t="s">
         <v>22</v>
       </c>
       <c r="D14" t="s">
         <v>22</v>
       </c>
       <c r="E14" t="s">
         <v>23</v>
       </c>
       <c r="F14" t="s">
         <v>22</v>
       </c>
       <c r="G14" t="s">
         <v>119</v>
       </c>
       <c r="H14" t="s">
         <v>120</v>
       </c>
       <c r="I14" t="s">
-        <v>26</v>
+        <v>52</v>
       </c>
       <c r="J14" t="s">
         <v>121</v>
       </c>
       <c r="K14" t="s">
         <v>122</v>
       </c>
       <c r="L14" t="s">
         <v>123</v>
       </c>
       <c r="M14" t="s">
         <v>29</v>
       </c>
       <c r="N14" t="s">
         <v>124</v>
       </c>
       <c r="O14" t="s">
         <v>22</v>
       </c>
       <c r="P14" t="s">
         <v>31</v>
       </c>
       <c r="Q14" t="s">
         <v>42</v>
       </c>