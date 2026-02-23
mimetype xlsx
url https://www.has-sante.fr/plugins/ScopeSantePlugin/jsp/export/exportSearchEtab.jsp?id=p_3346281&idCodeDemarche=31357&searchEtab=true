--- v0 (2025-11-08)
+++ v1 (2026-02-23)
@@ -107,78 +107,78 @@
   <si>
     <t>https://www.has-sante.fr/jcms/1000_FicheEtablissement/fr/ch-sud-gironde-site-langon</t>
   </si>
   <si>
     <t>1000_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>33212 LANGON</t>
   </si>
   <si>
     <t>LANGON</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>0556765757</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
-    <t>Cancérologie, Chirurgie, Médecine, Obstétrique, Réanimation</t>
+    <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Obstétrique, Réanimation</t>
   </si>
   <si>
     <t>Public</t>
   </si>
   <si>
     <t>330000589</t>
   </si>
   <si>
     <t>Établissements certifiés avec mention</t>
   </si>
   <si>
     <t>CH SUD GIRONDE LANGON-LA REOLE - SITE LA REOLE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1001_FicheEtablissement/fr/ch-sud-gironde-site-la-reole</t>
   </si>
   <si>
     <t>1001_FicheEtablissement</t>
   </si>
   <si>
     <t>33192 LA REOLE</t>
   </si>
   <si>
     <t>LA REOLE</t>
   </si>
   <si>
-    <t>Soins médicaux et de réadaptation</t>
+    <t>Médecine, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>330000597</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>