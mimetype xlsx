--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -1,643 +1,643 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Healthcare organisation" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Etablissement de santé" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Healthcare organisation'!$B$1:$T$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="500" uniqueCount="200">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Healthcare organisation size</t>
-[...2 lines deleted...]
-    <t>Adress</t>
+    <t>Taille établissement</t>
+  </si>
+  <si>
+    <t>Adresse</t>
   </si>
   <si>
     <t>Etablissement.libelle.adresse2</t>
   </si>
   <si>
-    <t>City</t>
-[...20 lines deleted...]
-    <t>Geographical finess</t>
+    <t>Commune</t>
+  </si>
+  <si>
+    <t>Département</t>
+  </si>
+  <si>
+    <t>Téléphone</t>
+  </si>
+  <si>
+    <t>Site internet</t>
+  </si>
+  <si>
+    <t>Type d'établissement</t>
+  </si>
+  <si>
+    <t>Activités</t>
+  </si>
+  <si>
+    <t>Statut juridique</t>
+  </si>
+  <si>
+    <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
     <t>AIDER SANTE UAD MONTREDON DES CORBIERES</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>01/21/2025 10:17:35</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/3581_FicheEtablissement/en/aider-sante-uad-montredon-corbieres</t>
+    <t>21/01/2025 10:17:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3581_FicheEtablissement/fr/aider-sante-uad-montredon-corbieres</t>
   </si>
   <si>
     <t>3581_FicheEtablissement</t>
   </si>
   <si>
+    <t>moyen</t>
+  </si>
+  <si>
+    <t>1 Rue Du Pr Christian Cabrol</t>
+  </si>
+  <si>
+    <t>11100 MONTREDON DES CORBIERES</t>
+  </si>
+  <si>
+    <t>MONTREDON DES CORBIERES</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>0468328235</t>
+  </si>
+  <si>
+    <t>Privé à but non lucratif</t>
+  </si>
+  <si>
+    <t>Néphrologie</t>
+  </si>
+  <si>
+    <t>110004413</t>
+  </si>
+  <si>
+    <t>Établissements certifiés avec mention</t>
+  </si>
+  <si>
+    <t>AIDER SANTE UAD UDM CH LIMOUX QUILLAN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3582_FicheEtablissement/fr/aider-sante-uad-udm-ch-limoux-quillan</t>
+  </si>
+  <si>
+    <t>3582_FicheEtablissement</t>
+  </si>
+  <si>
     <t>petit</t>
   </si>
   <si>
-    <t>1 Rue Du Pr Christian Cabrol</t>
-[...34 lines deleted...]
-  <si>
     <t>11300 LIMOUX</t>
   </si>
   <si>
     <t>LIMOUX</t>
   </si>
   <si>
     <t>0430731013</t>
   </si>
   <si>
     <t>110004421</t>
   </si>
   <si>
     <t>AIDER SANTE UAD UDM TREBES</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3583_FicheEtablissement/en/aider-sante-uad-udm-trebes</t>
+    <t>https://www.has-sante.fr/jcms/3583_FicheEtablissement/fr/aider-sante-uad-udm-trebes</t>
   </si>
   <si>
     <t>3583_FicheEtablissement</t>
   </si>
   <si>
     <t>11800 TREBES</t>
   </si>
   <si>
     <t>TREBES</t>
   </si>
   <si>
     <t>110004439</t>
   </si>
   <si>
-    <t>AIDER SANTE UDM CH CARCASSONNE</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/3584_FicheEtablissement/en/aider-sante-udm-ch-carcassonne</t>
+    <t>AIDER SANTE UAD UDM CH CARCASSONNE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3584_FicheEtablissement/fr/aider-sante-uad-udm-ch-carcassonne</t>
   </si>
   <si>
     <t>3584_FicheEtablissement</t>
   </si>
   <si>
-    <t>moyen</t>
-[...1 lines deleted...]
-  <si>
     <t>1060 Chemin De Christol</t>
   </si>
   <si>
     <t>11890 CARCASSONNE CEDEX 9</t>
   </si>
   <si>
     <t>CARCASSONNE CEDEX 9</t>
   </si>
   <si>
     <t>110005311</t>
   </si>
   <si>
     <t>AIDER SANTE UAD UDM MILLAU</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3585_FicheEtablissement/en/aider-sante-uad-udm-millau</t>
+    <t>https://www.has-sante.fr/jcms/3585_FicheEtablissement/fr/aider-sante-uad-udm-millau</t>
   </si>
   <si>
     <t>3585_FicheEtablissement</t>
   </si>
   <si>
     <t>907 Rue De Naulas</t>
   </si>
   <si>
     <t>12100 MILLAU</t>
   </si>
   <si>
     <t>MILLAU</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>0565584570</t>
   </si>
   <si>
     <t>120001748</t>
   </si>
   <si>
     <t>AIDER SANTE UAD UDM CH ALES 1</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3682_FicheEtablissement/en/aider-sante-uad-udm-ch-ales-1</t>
+    <t>https://www.has-sante.fr/jcms/3682_FicheEtablissement/fr/aider-sante-uad-udm-ch-ales-1</t>
   </si>
   <si>
     <t>3682_FicheEtablissement</t>
   </si>
   <si>
     <t>414 Chemin Des Potences</t>
   </si>
   <si>
     <t>30100 ALES</t>
   </si>
   <si>
     <t>ALES</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>0430681320</t>
   </si>
   <si>
     <t>300007119</t>
   </si>
   <si>
     <t>AIDER SANTE UAD UDM CHU NIMES</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3685_FicheEtablissement/en/aider-sante-uad-udm-chu-nimes</t>
+    <t>https://www.has-sante.fr/jcms/3685_FicheEtablissement/fr/aider-sante-uad-udm-chu-nimes</t>
   </si>
   <si>
     <t>3685_FicheEtablissement</t>
   </si>
   <si>
     <t>30029 NIMES CEDEX 9</t>
   </si>
   <si>
     <t>NIMES CEDEX 9</t>
   </si>
   <si>
     <t>0430811320</t>
   </si>
   <si>
     <t>CHU</t>
   </si>
   <si>
     <t>300787421</t>
   </si>
   <si>
     <t>AIDER SANTE UAD GRABELS SITE JOSEPH CORDIER 1</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3731_FicheEtablissement/en/aider-sante-uad-grabels-cordier-1</t>
+    <t>https://www.has-sante.fr/jcms/3731_FicheEtablissement/fr/aider-sante-uad-grabels-cordier-1</t>
   </si>
   <si>
     <t>3731_FicheEtablissement</t>
   </si>
   <si>
     <t>805 Rue De La Valsiere</t>
   </si>
   <si>
     <t>34790 GRABELS</t>
   </si>
   <si>
     <t>GRABELS</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>0430781868</t>
   </si>
   <si>
     <t>340013119</t>
   </si>
   <si>
-    <t>AIDER SANTE UDM CL JACQUES MIROUZE MONTPELLIER</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/3732_FicheEtablissement/en/aider-sante-udm-cl-mirouze-mtp</t>
+    <t>AIDER SANTE UAD UDM CL JACQUES MIROUZE MONTPELLIER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3732_FicheEtablissement/fr/aider-sante-uad-udm-cl-mirouze-mtp</t>
   </si>
   <si>
     <t>3732_FicheEtablissement</t>
   </si>
   <si>
     <t>191 Avenue Doyen Gaston Giraud</t>
   </si>
   <si>
     <t>34090 MONTPELLIER</t>
   </si>
   <si>
     <t>MONTPELLIER</t>
   </si>
   <si>
     <t>340013168</t>
   </si>
   <si>
     <t>AIDER SANTE UAD UDM POLYCLINIQUE SAINT LOUIS GANGES</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3733_FicheEtablissement/en/aider-sante-uad-udm-cl-st-louis-ganges</t>
+    <t>https://www.has-sante.fr/jcms/3733_FicheEtablissement/fr/aider-sante-uad-udm-cl-st-louis-ganges</t>
   </si>
   <si>
     <t>3733_FicheEtablissement</t>
   </si>
   <si>
     <t>2 Place Joseph Boudouresques</t>
   </si>
   <si>
     <t>34190 GANGES</t>
   </si>
   <si>
     <t>GANGES</t>
   </si>
   <si>
     <t>340013218</t>
   </si>
   <si>
-    <t>AIDER SANTE UAD BEDARIEUX</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/3734_FicheEtablissement/en/aider-sante-uad-bedarieux</t>
+    <t>AIDER SANTE UAD UDM BEDARIEUX</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3734_FicheEtablissement/fr/aider-sante-uad-udm-bedarieux</t>
   </si>
   <si>
     <t>3734_FicheEtablissement</t>
   </si>
   <si>
     <t>34600 BEDARIEUX</t>
   </si>
   <si>
     <t>BEDARIEUX</t>
   </si>
   <si>
     <t>340013259</t>
   </si>
   <si>
     <t>AIDER SANTE UAD UDM CH CLERMONT L'HERAULT</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3735_FicheEtablissement/en/aider-sante-uad-udm-ch-clermont-hlt</t>
+    <t>https://www.has-sante.fr/jcms/3735_FicheEtablissement/fr/aider-sante-uad-udm-ch-clermont-hlt</t>
   </si>
   <si>
     <t>3735_FicheEtablissement</t>
   </si>
   <si>
     <t>34800 CLERMONT L HERAULT</t>
   </si>
   <si>
     <t>CLERMONT L HERAULT</t>
   </si>
   <si>
     <t>340013309</t>
   </si>
   <si>
-    <t>AIDER SANTE UNITE AUTO DIALYSE BOUZIGUES</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/3736_FicheEtablissement/en/aider-sante-uad-bouzigues</t>
+    <t>AIDER SANTE UAD UDM BOUZIGUES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3736_FicheEtablissement/fr/aider-sante-uad-udm-bouzigues</t>
   </si>
   <si>
     <t>3736_FicheEtablissement</t>
   </si>
   <si>
     <t>28 Avenue Alfred Bouat</t>
   </si>
   <si>
     <t>34140 BOUZIGUES</t>
   </si>
   <si>
     <t>BOUZIGUES</t>
   </si>
   <si>
     <t>340013358</t>
   </si>
   <si>
-    <t>AIDER SANTE UNITE AUTO DIALYSE VILLENEUVE LES BEZIERS</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/3737_FicheEtablissement/en/aider-sante-uad-villeneuve-les-beziers</t>
+    <t>AIDER SANTE UAD UDM VILLENEUVE LES BEZIERS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3737_FicheEtablissement/fr/aider-sante-uad-udm-villeneuve-beziers</t>
   </si>
   <si>
     <t>3737_FicheEtablissement</t>
   </si>
   <si>
     <t>34420 VILLENEUVE LES BEZIERS</t>
   </si>
   <si>
     <t>VILLENEUVE LES BEZIERS</t>
   </si>
   <si>
     <t>0467267682</t>
   </si>
   <si>
     <t>340013499</t>
   </si>
   <si>
     <t>GCS HEMODIALYSE LAPEYRONIE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3741_FicheEtablissement/en/gcs-help-hop-lapeyronie-montpellier</t>
+    <t>https://www.has-sante.fr/jcms/3741_FicheEtablissement/fr/gcs-help-hop-lapeyronie-montpellier</t>
   </si>
   <si>
     <t>3741_FicheEtablissement</t>
   </si>
   <si>
     <t>191 Avenue Du Doyen Gaston Giraud</t>
   </si>
   <si>
     <t>34000 MONTPELLIER</t>
   </si>
   <si>
     <t>340019603</t>
   </si>
   <si>
     <t>AIDER SANTE DIALYSE A DOMICILE REGIONALE GRABELS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3742_FicheEtablissement/en/aider-sante-dialyse-domicile-grabels</t>
+    <t>https://www.has-sante.fr/jcms/3742_FicheEtablissement/fr/aider-sante-dialyse-domicile-grabels</t>
   </si>
   <si>
     <t>3742_FicheEtablissement</t>
   </si>
   <si>
     <t>787 Rue De La Valsiere</t>
   </si>
   <si>
     <t>340020221</t>
   </si>
   <si>
-    <t>AIDER SANTE UAD UDM CENTRE HOPITAL LOZERE MENDE</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/3815_FicheEtablissement/en/aider-sante-uad-udm-mende-hop-lozere</t>
+    <t>AIDER SANTE UAD UDM CENTRE MENDE HOPITAL LOZERE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3815_FicheEtablissement/fr/aider-sante-uad-udm-ctre-mende-hop-loz</t>
   </si>
   <si>
     <t>3815_FicheEtablissement</t>
   </si>
   <si>
     <t>48001 MENDE</t>
   </si>
   <si>
     <t>MENDE</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>0430771002</t>
   </si>
   <si>
     <t>480001403</t>
   </si>
   <si>
-    <t>AIDER SANTE UAD UDM HOPITAL LOZERE</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/3816_FicheEtablissement/en/aider-sante-uad-udm-marvejols-h-lozere</t>
+    <t>AIDER SANTE UAD UDM MARVEJOLS HOPITAL LOZERE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3816_FicheEtablissement/fr/aider-sante-uad-udm-marvejols-hop-loz</t>
   </si>
   <si>
     <t>3816_FicheEtablissement</t>
   </si>
   <si>
     <t>48100 MARVEJOLS</t>
   </si>
   <si>
     <t>MARVEJOLS</t>
   </si>
   <si>
     <t>480001783</t>
   </si>
   <si>
     <t>AIDER SANTE UNITE AUTO DIALYSE ELNE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3938_FicheEtablissement/en/aider-sante-uad-elne</t>
+    <t>https://www.has-sante.fr/jcms/3938_FicheEtablissement/fr/aider-sante-uad-elne</t>
   </si>
   <si>
     <t>3938_FicheEtablissement</t>
   </si>
   <si>
     <t>22 Avenue Paul Reigt</t>
   </si>
   <si>
     <t>66200 ELNE</t>
   </si>
   <si>
     <t>ELNE</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>0430821624</t>
   </si>
   <si>
     <t>660005182</t>
   </si>
   <si>
     <t>AIDER SANTE UNITE AUTO DIALYSE FONT ROMEU</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3939_FicheEtablissement/en/aider-sante-uad-font-romeu</t>
+    <t>https://www.has-sante.fr/jcms/3939_FicheEtablissement/fr/aider-sante-uad-font-romeu</t>
   </si>
   <si>
     <t>3939_FicheEtablissement</t>
   </si>
   <si>
     <t>12 Rue De La Liberte</t>
   </si>
   <si>
     <t>66120 FONT ROMEU ODEILLO VIA</t>
   </si>
   <si>
     <t>FONT ROMEU ODEILLO VIA</t>
   </si>
   <si>
     <t>660005190</t>
   </si>
   <si>
-    <t>AIDER SANTE UNITE AUTO DIALYSE LE BOULOU</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/3940_FicheEtablissement/en/aider-sante-uad-le-boulou</t>
+    <t>AIDER SANTE UAD UDM LE BOULOU</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3940_FicheEtablissement/fr/aider-sante-uad-udm-le-boulou</t>
   </si>
   <si>
     <t>3940_FicheEtablissement</t>
   </si>
   <si>
     <t>66160 LE BOULOU</t>
   </si>
   <si>
     <t>LE BOULOU</t>
   </si>
   <si>
     <t>660005208</t>
   </si>
   <si>
-    <t>AIDER SANTE UNITE AUTO DIALYSE CH PERPIGNAN</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/3941_FicheEtablissement/en/aider-sante-uad-ch-perpignan</t>
+    <t>AIDER SANTE UAD UDM CH PERPIGNAN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3941_FicheEtablissement/fr/aider-sante-uad-udm-ch-perpignan</t>
   </si>
   <si>
     <t>3941_FicheEtablissement</t>
   </si>
   <si>
     <t>20 Avenue Du Languedoc</t>
   </si>
   <si>
     <t>66046 PERPIGNAN</t>
   </si>
   <si>
     <t>PERPIGNAN</t>
   </si>
   <si>
     <t>660005216</t>
   </si>
   <si>
     <t>AIDER SANTE CENTRE UAD UDM GCS POLE AMBULATOIRE ALES 2</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/4904_FicheEtablissement/en/aider-sante-centre-gcs-paac-ales-2</t>
+    <t>https://www.has-sante.fr/jcms/4904_FicheEtablissement/fr/aider-sante-centre-gcs-paac-ales-2</t>
   </si>
   <si>
     <t>4904_FicheEtablissement</t>
   </si>
   <si>
     <t>811 Avenue Dr Jean Goubert</t>
   </si>
   <si>
     <t>30103 ALES</t>
   </si>
   <si>
     <t>0430681383</t>
   </si>
   <si>
     <t>300017431</t>
   </si>
   <si>
-    <t>AIDER SANTE UAD SAINT JEAN SUD DE FRANCE</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/7642_FicheEtablissement/en/aider-sante-uad-st-jean-sud-de-france</t>
+    <t>AIDER SANTE UAD UDM SAINT JEAN SUD DE FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7642_FicheEtablissement/fr/aider-sante-uad-udm-st-jean-sud-france</t>
   </si>
   <si>
     <t>7642_FicheEtablissement</t>
   </si>
   <si>
     <t>34430 ST JEAN DE VEDAS</t>
   </si>
   <si>
     <t>ST JEAN DE VEDAS</t>
   </si>
   <si>
     <t>0430781927</t>
   </si>
   <si>
     <t>340024553</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
@@ -815,237 +815,237 @@
       <c r="A3" t="s">
         <v>20</v>
       </c>
       <c r="B3" t="s">
         <v>36</v>
       </c>
       <c r="C3" t="s">
         <v>22</v>
       </c>
       <c r="D3" t="s">
         <v>22</v>
       </c>
       <c r="E3" t="s">
         <v>23</v>
       </c>
       <c r="F3" t="s">
         <v>22</v>
       </c>
       <c r="G3" t="s">
         <v>37</v>
       </c>
       <c r="H3" t="s">
         <v>38</v>
       </c>
       <c r="I3" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="J3" t="s">
         <v>22</v>
       </c>
       <c r="K3" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="L3" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="M3" t="s">
         <v>30</v>
       </c>
       <c r="N3" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="O3" t="s">
         <v>22</v>
       </c>
       <c r="P3" t="s">
         <v>32</v>
       </c>
       <c r="Q3" t="s">
         <v>33</v>
       </c>
       <c r="R3" t="s">
         <v>32</v>
       </c>
       <c r="S3" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="T3" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>20</v>
       </c>
       <c r="B4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C4" t="s">
         <v>22</v>
       </c>
       <c r="D4" t="s">
         <v>22</v>
       </c>
       <c r="E4" t="s">
         <v>23</v>
       </c>
       <c r="F4" t="s">
         <v>22</v>
       </c>
       <c r="G4" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="H4" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="I4" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="J4" t="s">
         <v>22</v>
       </c>
       <c r="K4" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="L4" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="M4" t="s">
         <v>30</v>
       </c>
       <c r="N4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="O4" t="s">
         <v>22</v>
       </c>
       <c r="P4" t="s">
         <v>32</v>
       </c>
       <c r="Q4" t="s">
         <v>33</v>
       </c>
       <c r="R4" t="s">
         <v>32</v>
       </c>
       <c r="S4" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="T4" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>20</v>
       </c>
       <c r="B5" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C5" t="s">
         <v>22</v>
       </c>
       <c r="D5" t="s">
         <v>22</v>
       </c>
       <c r="E5" t="s">
         <v>23</v>
       </c>
       <c r="F5" t="s">
         <v>22</v>
       </c>
       <c r="G5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="H5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I5" t="s">
-        <v>52</v>
+        <v>26</v>
       </c>
       <c r="J5" t="s">
         <v>53</v>
       </c>
       <c r="K5" t="s">
         <v>54</v>
       </c>
       <c r="L5" t="s">
         <v>55</v>
       </c>
       <c r="M5" t="s">
         <v>30</v>
       </c>
       <c r="N5" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="O5" t="s">
         <v>22</v>
       </c>
       <c r="P5" t="s">
         <v>32</v>
       </c>
       <c r="Q5" t="s">
         <v>33</v>
       </c>
       <c r="R5" t="s">
         <v>32</v>
       </c>
       <c r="S5" t="s">
         <v>56</v>
       </c>
       <c r="T5" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>20</v>
       </c>
       <c r="B6" t="s">
         <v>57</v>
       </c>
       <c r="C6" t="s">
         <v>22</v>
       </c>
       <c r="D6" t="s">
         <v>22</v>
       </c>
       <c r="E6" t="s">
         <v>23</v>
       </c>
       <c r="F6" t="s">
         <v>22</v>
       </c>
       <c r="G6" t="s">
         <v>58</v>
       </c>
       <c r="H6" t="s">
         <v>59</v>
       </c>
       <c r="I6" t="s">
-        <v>52</v>
+        <v>26</v>
       </c>
       <c r="J6" t="s">
         <v>60</v>
       </c>
       <c r="K6" t="s">
         <v>61</v>
       </c>
       <c r="L6" t="s">
         <v>62</v>
       </c>
       <c r="M6" t="s">
         <v>63</v>
       </c>
       <c r="N6" t="s">
         <v>64</v>
       </c>
       <c r="O6" t="s">
         <v>22</v>
       </c>
       <c r="P6" t="s">
         <v>32</v>
       </c>
       <c r="Q6" t="s">
         <v>33</v>
       </c>
@@ -1063,51 +1063,51 @@
       <c r="A7" t="s">
         <v>20</v>
       </c>
       <c r="B7" t="s">
         <v>66</v>
       </c>
       <c r="C7" t="s">
         <v>22</v>
       </c>
       <c r="D7" t="s">
         <v>22</v>
       </c>
       <c r="E7" t="s">
         <v>23</v>
       </c>
       <c r="F7" t="s">
         <v>22</v>
       </c>
       <c r="G7" t="s">
         <v>67</v>
       </c>
       <c r="H7" t="s">
         <v>68</v>
       </c>
       <c r="I7" t="s">
-        <v>52</v>
+        <v>26</v>
       </c>
       <c r="J7" t="s">
         <v>69</v>
       </c>
       <c r="K7" t="s">
         <v>70</v>
       </c>
       <c r="L7" t="s">
         <v>71</v>
       </c>
       <c r="M7" t="s">
         <v>72</v>
       </c>
       <c r="N7" t="s">
         <v>73</v>
       </c>
       <c r="O7" t="s">
         <v>22</v>
       </c>
       <c r="P7" t="s">
         <v>32</v>
       </c>
       <c r="Q7" t="s">
         <v>33</v>
       </c>
@@ -1125,51 +1125,51 @@
       <c r="A8" t="s">
         <v>20</v>
       </c>
       <c r="B8" t="s">
         <v>75</v>
       </c>
       <c r="C8" t="s">
         <v>22</v>
       </c>
       <c r="D8" t="s">
         <v>22</v>
       </c>
       <c r="E8" t="s">
         <v>23</v>
       </c>
       <c r="F8" t="s">
         <v>22</v>
       </c>
       <c r="G8" t="s">
         <v>76</v>
       </c>
       <c r="H8" t="s">
         <v>77</v>
       </c>
       <c r="I8" t="s">
-        <v>52</v>
+        <v>26</v>
       </c>
       <c r="J8" t="s">
         <v>22</v>
       </c>
       <c r="K8" t="s">
         <v>78</v>
       </c>
       <c r="L8" t="s">
         <v>79</v>
       </c>
       <c r="M8" t="s">
         <v>72</v>
       </c>
       <c r="N8" t="s">
         <v>80</v>
       </c>
       <c r="O8" t="s">
         <v>22</v>
       </c>
       <c r="P8" t="s">
         <v>81</v>
       </c>
       <c r="Q8" t="s">
         <v>33</v>
       </c>
@@ -1187,51 +1187,51 @@
       <c r="A9" t="s">
         <v>20</v>
       </c>
       <c r="B9" t="s">
         <v>83</v>
       </c>
       <c r="C9" t="s">
         <v>22</v>
       </c>
       <c r="D9" t="s">
         <v>22</v>
       </c>
       <c r="E9" t="s">
         <v>23</v>
       </c>
       <c r="F9" t="s">
         <v>22</v>
       </c>
       <c r="G9" t="s">
         <v>84</v>
       </c>
       <c r="H9" t="s">
         <v>85</v>
       </c>
       <c r="I9" t="s">
-        <v>52</v>
+        <v>26</v>
       </c>
       <c r="J9" t="s">
         <v>86</v>
       </c>
       <c r="K9" t="s">
         <v>87</v>
       </c>
       <c r="L9" t="s">
         <v>88</v>
       </c>
       <c r="M9" t="s">
         <v>89</v>
       </c>
       <c r="N9" t="s">
         <v>90</v>
       </c>
       <c r="O9" t="s">
         <v>22</v>
       </c>
       <c r="P9" t="s">
         <v>32</v>
       </c>
       <c r="Q9" t="s">
         <v>33</v>
       </c>
@@ -1249,51 +1249,51 @@
       <c r="A10" t="s">
         <v>20</v>
       </c>
       <c r="B10" t="s">
         <v>92</v>
       </c>
       <c r="C10" t="s">
         <v>22</v>
       </c>
       <c r="D10" t="s">
         <v>22</v>
       </c>
       <c r="E10" t="s">
         <v>23</v>
       </c>
       <c r="F10" t="s">
         <v>22</v>
       </c>
       <c r="G10" t="s">
         <v>93</v>
       </c>
       <c r="H10" t="s">
         <v>94</v>
       </c>
       <c r="I10" t="s">
-        <v>52</v>
+        <v>26</v>
       </c>
       <c r="J10" t="s">
         <v>95</v>
       </c>
       <c r="K10" t="s">
         <v>96</v>
       </c>
       <c r="L10" t="s">
         <v>97</v>
       </c>
       <c r="M10" t="s">
         <v>89</v>
       </c>
       <c r="N10" t="s">
         <v>90</v>
       </c>
       <c r="O10" t="s">
         <v>22</v>
       </c>
       <c r="P10" t="s">
         <v>32</v>
       </c>
       <c r="Q10" t="s">
         <v>33</v>
       </c>
@@ -1311,51 +1311,51 @@
       <c r="A11" t="s">
         <v>20</v>
       </c>
       <c r="B11" t="s">
         <v>99</v>
       </c>
       <c r="C11" t="s">
         <v>22</v>
       </c>
       <c r="D11" t="s">
         <v>22</v>
       </c>
       <c r="E11" t="s">
         <v>23</v>
       </c>
       <c r="F11" t="s">
         <v>22</v>
       </c>
       <c r="G11" t="s">
         <v>100</v>
       </c>
       <c r="H11" t="s">
         <v>101</v>
       </c>
       <c r="I11" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="J11" t="s">
         <v>102</v>
       </c>
       <c r="K11" t="s">
         <v>103</v>
       </c>
       <c r="L11" t="s">
         <v>104</v>
       </c>
       <c r="M11" t="s">
         <v>89</v>
       </c>
       <c r="N11" t="s">
         <v>90</v>
       </c>
       <c r="O11" t="s">
         <v>22</v>
       </c>
       <c r="P11" t="s">
         <v>32</v>
       </c>
       <c r="Q11" t="s">
         <v>33</v>
       </c>
@@ -1373,51 +1373,51 @@
       <c r="A12" t="s">
         <v>20</v>
       </c>
       <c r="B12" t="s">
         <v>106</v>
       </c>
       <c r="C12" t="s">
         <v>22</v>
       </c>
       <c r="D12" t="s">
         <v>22</v>
       </c>
       <c r="E12" t="s">
         <v>23</v>
       </c>
       <c r="F12" t="s">
         <v>22</v>
       </c>
       <c r="G12" t="s">
         <v>107</v>
       </c>
       <c r="H12" t="s">
         <v>108</v>
       </c>
       <c r="I12" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="J12" t="s">
         <v>22</v>
       </c>
       <c r="K12" t="s">
         <v>109</v>
       </c>
       <c r="L12" t="s">
         <v>110</v>
       </c>
       <c r="M12" t="s">
         <v>89</v>
       </c>
       <c r="N12" t="s">
         <v>90</v>
       </c>
       <c r="O12" t="s">
         <v>22</v>
       </c>
       <c r="P12" t="s">
         <v>32</v>
       </c>
       <c r="Q12" t="s">
         <v>33</v>
       </c>
@@ -1435,51 +1435,51 @@
       <c r="A13" t="s">
         <v>20</v>
       </c>
       <c r="B13" t="s">
         <v>112</v>
       </c>
       <c r="C13" t="s">
         <v>22</v>
       </c>
       <c r="D13" t="s">
         <v>22</v>
       </c>
       <c r="E13" t="s">
         <v>23</v>
       </c>
       <c r="F13" t="s">
         <v>22</v>
       </c>
       <c r="G13" t="s">
         <v>113</v>
       </c>
       <c r="H13" t="s">
         <v>114</v>
       </c>
       <c r="I13" t="s">
-        <v>52</v>
+        <v>26</v>
       </c>
       <c r="J13" t="s">
         <v>22</v>
       </c>
       <c r="K13" t="s">
         <v>115</v>
       </c>
       <c r="L13" t="s">
         <v>116</v>
       </c>
       <c r="M13" t="s">
         <v>89</v>
       </c>
       <c r="N13" t="s">
         <v>90</v>
       </c>
       <c r="O13" t="s">
         <v>22</v>
       </c>
       <c r="P13" t="s">
         <v>32</v>
       </c>
       <c r="Q13" t="s">
         <v>33</v>
       </c>
@@ -1497,51 +1497,51 @@
       <c r="A14" t="s">
         <v>20</v>
       </c>
       <c r="B14" t="s">
         <v>118</v>
       </c>
       <c r="C14" t="s">
         <v>22</v>
       </c>
       <c r="D14" t="s">
         <v>22</v>
       </c>
       <c r="E14" t="s">
         <v>23</v>
       </c>
       <c r="F14" t="s">
         <v>22</v>
       </c>
       <c r="G14" t="s">
         <v>119</v>
       </c>
       <c r="H14" t="s">
         <v>120</v>
       </c>
       <c r="I14" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="J14" t="s">
         <v>121</v>
       </c>
       <c r="K14" t="s">
         <v>122</v>
       </c>
       <c r="L14" t="s">
         <v>123</v>
       </c>
       <c r="M14" t="s">
         <v>89</v>
       </c>
       <c r="N14" t="s">
         <v>90</v>
       </c>
       <c r="O14" t="s">
         <v>22</v>
       </c>
       <c r="P14" t="s">
         <v>32</v>
       </c>
       <c r="Q14" t="s">
         <v>33</v>
       </c>
@@ -1559,51 +1559,51 @@
       <c r="A15" t="s">
         <v>20</v>
       </c>
       <c r="B15" t="s">
         <v>125</v>
       </c>
       <c r="C15" t="s">
         <v>22</v>
       </c>
       <c r="D15" t="s">
         <v>22</v>
       </c>
       <c r="E15" t="s">
         <v>23</v>
       </c>
       <c r="F15" t="s">
         <v>22</v>
       </c>
       <c r="G15" t="s">
         <v>126</v>
       </c>
       <c r="H15" t="s">
         <v>127</v>
       </c>
       <c r="I15" t="s">
-        <v>52</v>
+        <v>26</v>
       </c>
       <c r="J15" t="s">
         <v>22</v>
       </c>
       <c r="K15" t="s">
         <v>128</v>
       </c>
       <c r="L15" t="s">
         <v>129</v>
       </c>
       <c r="M15" t="s">
         <v>89</v>
       </c>
       <c r="N15" t="s">
         <v>130</v>
       </c>
       <c r="O15" t="s">
         <v>22</v>
       </c>
       <c r="P15" t="s">
         <v>32</v>
       </c>
       <c r="Q15" t="s">
         <v>33</v>
       </c>
@@ -1621,51 +1621,51 @@
       <c r="A16" t="s">
         <v>20</v>
       </c>
       <c r="B16" t="s">
         <v>132</v>
       </c>
       <c r="C16" t="s">
         <v>22</v>
       </c>
       <c r="D16" t="s">
         <v>22</v>
       </c>
       <c r="E16" t="s">
         <v>23</v>
       </c>
       <c r="F16" t="s">
         <v>22</v>
       </c>
       <c r="G16" t="s">
         <v>133</v>
       </c>
       <c r="H16" t="s">
         <v>134</v>
       </c>
       <c r="I16" t="s">
-        <v>52</v>
+        <v>26</v>
       </c>
       <c r="J16" t="s">
         <v>135</v>
       </c>
       <c r="K16" t="s">
         <v>136</v>
       </c>
       <c r="L16" t="s">
         <v>97</v>
       </c>
       <c r="M16" t="s">
         <v>89</v>
       </c>
       <c r="N16" t="s">
         <v>90</v>
       </c>
       <c r="O16" t="s">
         <v>22</v>
       </c>
       <c r="P16" t="s">
         <v>32</v>
       </c>
       <c r="Q16" t="s">
         <v>33</v>
       </c>
@@ -1683,51 +1683,51 @@
       <c r="A17" t="s">
         <v>20</v>
       </c>
       <c r="B17" t="s">
         <v>138</v>
       </c>
       <c r="C17" t="s">
         <v>22</v>
       </c>
       <c r="D17" t="s">
         <v>22</v>
       </c>
       <c r="E17" t="s">
         <v>23</v>
       </c>
       <c r="F17" t="s">
         <v>22</v>
       </c>
       <c r="G17" t="s">
         <v>139</v>
       </c>
       <c r="H17" t="s">
         <v>140</v>
       </c>
       <c r="I17" t="s">
-        <v>52</v>
+        <v>26</v>
       </c>
       <c r="J17" t="s">
         <v>141</v>
       </c>
       <c r="K17" t="s">
         <v>87</v>
       </c>
       <c r="L17" t="s">
         <v>88</v>
       </c>
       <c r="M17" t="s">
         <v>89</v>
       </c>
       <c r="N17" t="s">
         <v>90</v>
       </c>
       <c r="O17" t="s">
         <v>22</v>
       </c>
       <c r="P17" t="s">
         <v>32</v>
       </c>
       <c r="Q17" t="s">
         <v>33</v>
       </c>
@@ -1745,51 +1745,51 @@
       <c r="A18" t="s">
         <v>20</v>
       </c>
       <c r="B18" t="s">
         <v>143</v>
       </c>
       <c r="C18" t="s">
         <v>22</v>
       </c>
       <c r="D18" t="s">
         <v>22</v>
       </c>
       <c r="E18" t="s">
         <v>23</v>
       </c>
       <c r="F18" t="s">
         <v>22</v>
       </c>
       <c r="G18" t="s">
         <v>144</v>
       </c>
       <c r="H18" t="s">
         <v>145</v>
       </c>
       <c r="I18" t="s">
-        <v>52</v>
+        <v>26</v>
       </c>
       <c r="J18" t="s">
         <v>22</v>
       </c>
       <c r="K18" t="s">
         <v>146</v>
       </c>
       <c r="L18" t="s">
         <v>147</v>
       </c>
       <c r="M18" t="s">
         <v>148</v>
       </c>
       <c r="N18" t="s">
         <v>149</v>
       </c>
       <c r="O18" t="s">
         <v>22</v>
       </c>
       <c r="P18" t="s">
         <v>32</v>
       </c>
       <c r="Q18" t="s">
         <v>33</v>
       </c>
@@ -1807,51 +1807,51 @@
       <c r="A19" t="s">
         <v>20</v>
       </c>
       <c r="B19" t="s">
         <v>151</v>
       </c>
       <c r="C19" t="s">
         <v>22</v>
       </c>
       <c r="D19" t="s">
         <v>22</v>
       </c>
       <c r="E19" t="s">
         <v>23</v>
       </c>
       <c r="F19" t="s">
         <v>22</v>
       </c>
       <c r="G19" t="s">
         <v>152</v>
       </c>
       <c r="H19" t="s">
         <v>153</v>
       </c>
       <c r="I19" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="J19" t="s">
         <v>22</v>
       </c>
       <c r="K19" t="s">
         <v>154</v>
       </c>
       <c r="L19" t="s">
         <v>155</v>
       </c>
       <c r="M19" t="s">
         <v>148</v>
       </c>
       <c r="N19" t="s">
         <v>149</v>
       </c>
       <c r="O19" t="s">
         <v>22</v>
       </c>
       <c r="P19" t="s">
         <v>32</v>
       </c>
       <c r="Q19" t="s">
         <v>33</v>
       </c>
@@ -1869,51 +1869,51 @@
       <c r="A20" t="s">
         <v>20</v>
       </c>
       <c r="B20" t="s">
         <v>157</v>
       </c>
       <c r="C20" t="s">
         <v>22</v>
       </c>
       <c r="D20" t="s">
         <v>22</v>
       </c>
       <c r="E20" t="s">
         <v>23</v>
       </c>
       <c r="F20" t="s">
         <v>22</v>
       </c>
       <c r="G20" t="s">
         <v>158</v>
       </c>
       <c r="H20" t="s">
         <v>159</v>
       </c>
       <c r="I20" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="J20" t="s">
         <v>160</v>
       </c>
       <c r="K20" t="s">
         <v>161</v>
       </c>
       <c r="L20" t="s">
         <v>162</v>
       </c>
       <c r="M20" t="s">
         <v>163</v>
       </c>
       <c r="N20" t="s">
         <v>164</v>
       </c>
       <c r="O20" t="s">
         <v>22</v>
       </c>
       <c r="P20" t="s">
         <v>32</v>
       </c>
       <c r="Q20" t="s">
         <v>33</v>
       </c>
@@ -1931,51 +1931,51 @@
       <c r="A21" t="s">
         <v>20</v>
       </c>
       <c r="B21" t="s">
         <v>166</v>
       </c>
       <c r="C21" t="s">
         <v>22</v>
       </c>
       <c r="D21" t="s">
         <v>22</v>
       </c>
       <c r="E21" t="s">
         <v>23</v>
       </c>
       <c r="F21" t="s">
         <v>22</v>
       </c>
       <c r="G21" t="s">
         <v>167</v>
       </c>
       <c r="H21" t="s">
         <v>168</v>
       </c>
       <c r="I21" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="J21" t="s">
         <v>169</v>
       </c>
       <c r="K21" t="s">
         <v>170</v>
       </c>
       <c r="L21" t="s">
         <v>171</v>
       </c>
       <c r="M21" t="s">
         <v>163</v>
       </c>
       <c r="N21" t="s">
         <v>164</v>
       </c>
       <c r="O21" t="s">
         <v>22</v>
       </c>
       <c r="P21" t="s">
         <v>32</v>
       </c>
       <c r="Q21" t="s">
         <v>33</v>
       </c>
@@ -1993,51 +1993,51 @@
       <c r="A22" t="s">
         <v>20</v>
       </c>
       <c r="B22" t="s">
         <v>173</v>
       </c>
       <c r="C22" t="s">
         <v>22</v>
       </c>
       <c r="D22" t="s">
         <v>22</v>
       </c>
       <c r="E22" t="s">
         <v>23</v>
       </c>
       <c r="F22" t="s">
         <v>22</v>
       </c>
       <c r="G22" t="s">
         <v>174</v>
       </c>
       <c r="H22" t="s">
         <v>175</v>
       </c>
       <c r="I22" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="J22" t="s">
         <v>22</v>
       </c>
       <c r="K22" t="s">
         <v>176</v>
       </c>
       <c r="L22" t="s">
         <v>177</v>
       </c>
       <c r="M22" t="s">
         <v>163</v>
       </c>
       <c r="N22" t="s">
         <v>164</v>
       </c>
       <c r="O22" t="s">
         <v>22</v>
       </c>
       <c r="P22" t="s">
         <v>32</v>
       </c>
       <c r="Q22" t="s">
         <v>33</v>
       </c>
@@ -2055,51 +2055,51 @@
       <c r="A23" t="s">
         <v>20</v>
       </c>
       <c r="B23" t="s">
         <v>179</v>
       </c>
       <c r="C23" t="s">
         <v>22</v>
       </c>
       <c r="D23" t="s">
         <v>22</v>
       </c>
       <c r="E23" t="s">
         <v>23</v>
       </c>
       <c r="F23" t="s">
         <v>22</v>
       </c>
       <c r="G23" t="s">
         <v>180</v>
       </c>
       <c r="H23" t="s">
         <v>181</v>
       </c>
       <c r="I23" t="s">
-        <v>52</v>
+        <v>26</v>
       </c>
       <c r="J23" t="s">
         <v>182</v>
       </c>
       <c r="K23" t="s">
         <v>183</v>
       </c>
       <c r="L23" t="s">
         <v>184</v>
       </c>
       <c r="M23" t="s">
         <v>163</v>
       </c>
       <c r="N23" t="s">
         <v>164</v>
       </c>
       <c r="O23" t="s">
         <v>22</v>
       </c>
       <c r="P23" t="s">
         <v>32</v>
       </c>
       <c r="Q23" t="s">
         <v>33</v>
       </c>
@@ -2117,51 +2117,51 @@
       <c r="A24" t="s">
         <v>20</v>
       </c>
       <c r="B24" t="s">
         <v>186</v>
       </c>
       <c r="C24" t="s">
         <v>22</v>
       </c>
       <c r="D24" t="s">
         <v>22</v>
       </c>
       <c r="E24" t="s">
         <v>23</v>
       </c>
       <c r="F24" t="s">
         <v>22</v>
       </c>
       <c r="G24" t="s">
         <v>187</v>
       </c>
       <c r="H24" t="s">
         <v>188</v>
       </c>
       <c r="I24" t="s">
-        <v>52</v>
+        <v>26</v>
       </c>
       <c r="J24" t="s">
         <v>189</v>
       </c>
       <c r="K24" t="s">
         <v>190</v>
       </c>
       <c r="L24" t="s">
         <v>71</v>
       </c>
       <c r="M24" t="s">
         <v>72</v>
       </c>
       <c r="N24" t="s">
         <v>191</v>
       </c>
       <c r="O24" t="s">
         <v>22</v>
       </c>
       <c r="P24" t="s">
         <v>32</v>
       </c>
       <c r="Q24" t="s">
         <v>33</v>
       </c>
@@ -2179,51 +2179,51 @@
       <c r="A25" t="s">
         <v>20</v>
       </c>
       <c r="B25" t="s">
         <v>193</v>
       </c>
       <c r="C25" t="s">
         <v>22</v>
       </c>
       <c r="D25" t="s">
         <v>22</v>
       </c>
       <c r="E25" t="s">
         <v>23</v>
       </c>
       <c r="F25" t="s">
         <v>22</v>
       </c>
       <c r="G25" t="s">
         <v>194</v>
       </c>
       <c r="H25" t="s">
         <v>195</v>
       </c>
       <c r="I25" t="s">
-        <v>52</v>
+        <v>26</v>
       </c>
       <c r="J25" t="s">
         <v>22</v>
       </c>
       <c r="K25" t="s">
         <v>196</v>
       </c>
       <c r="L25" t="s">
         <v>197</v>
       </c>
       <c r="M25" t="s">
         <v>89</v>
       </c>
       <c r="N25" t="s">
         <v>198</v>
       </c>
       <c r="O25" t="s">
         <v>22</v>
       </c>
       <c r="P25" t="s">
         <v>32</v>
       </c>
       <c r="Q25" t="s">
         <v>33</v>
       </c>