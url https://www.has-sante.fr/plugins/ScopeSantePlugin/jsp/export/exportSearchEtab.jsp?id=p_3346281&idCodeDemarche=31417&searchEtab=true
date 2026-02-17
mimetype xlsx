--- v0 (2026-01-01)
+++ v1 (2026-02-17)
@@ -119,51 +119,51 @@
   <si>
     <t>36019 CHATEAUROUX</t>
   </si>
   <si>
     <t>CHATEAUROUX</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>0254296000</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Cancérologie, Chirurgie, Médecine, Obstétrique, Psychiatrie, Réanimation</t>
   </si>
   <si>
     <t>Public</t>
   </si>
   <si>
     <t>360000137</t>
   </si>
   <si>
-    <t>Établissements certifiés sous conditions</t>
+    <t>Établissements non certifiés</t>
   </si>
   <si>
     <t>CENTRE HOSPITALIER DU BLANC</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1189_FicheEtablissement/en/ch-du-blanc</t>
   </si>
   <si>
     <t>1189_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>5 Rue Pierre Milon</t>
   </si>
   <si>
     <t>36300 LE BLANC</t>
   </si>
   <si>
     <t>LE BLANC</t>
   </si>
   <si>
     <t>0254282828</t>
   </si>