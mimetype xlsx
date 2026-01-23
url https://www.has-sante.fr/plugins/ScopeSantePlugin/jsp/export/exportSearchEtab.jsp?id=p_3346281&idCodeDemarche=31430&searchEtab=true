--- v0 (2025-11-30)
+++ v1 (2026-01-23)
@@ -74,96 +74,96 @@
   <si>
     <t>Téléphone</t>
   </si>
   <si>
     <t>Site internet</t>
   </si>
   <si>
     <t>Type d'établissement</t>
   </si>
   <si>
     <t>Activités</t>
   </si>
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
-    <t>CENTRE HOSPITALIER SPECIALISE FRANCOIS TOSQUELLES</t>
+    <t>HC HJ ADULTE CH SPECIALISE FRANCOIS TOSQUELLES SAINT ALBAN</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>21/01/2025 10:17:37</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/1531_FicheEtablissement/fr/chs-francois-tosquelles-st-alban</t>
+    <t>https://www.has-sante.fr/jcms/1531_FicheEtablissement/fr/hc-hj-adult-chs-francois-tosquelles</t>
   </si>
   <si>
     <t>1531_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>48120 ST ALBAN SUR LIMAGNOLE</t>
   </si>
   <si>
     <t>ST ALBAN SUR LIMAGNOLE</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>0466425555</t>
   </si>
   <si>
     <t>Public</t>
   </si>
   <si>
     <t>Psychiatrie</t>
   </si>
   <si>
     <t>480000058</t>
   </si>
   <si>
     <t>Établissements non certifiés</t>
   </si>
   <si>
-    <t>UAP UNITE D'ADMISSION EN PSYCHIATRIE PAUL ELUARD MENDE</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/1537_FicheEtablissement/fr/uap-paul-eluard-mende-chs-st-alban</t>
+    <t>HC ADULTE SSC UNITE ADMISSION PSYCHIATRIE PAUL ELUARD MENDE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1537_FicheEtablissement/fr/hc-adult-ssc-uap-paul-eluard-mende</t>
   </si>
   <si>
     <t>1537_FicheEtablissement</t>
   </si>
   <si>
     <t>petit</t>
   </si>
   <si>
     <t>3 Avenue Nelson Mandela</t>
   </si>
   <si>
     <t>48000 MENDE</t>
   </si>
   <si>
     <t>MENDE</t>
   </si>
   <si>
     <t>0466472030</t>
   </si>
   <si>
     <t>480001585</t>
   </si>
   <si>
     <t>UNITE DE SOINS EN PSYCHIATRIE ADOLESCENTS MENDE</t>
   </si>