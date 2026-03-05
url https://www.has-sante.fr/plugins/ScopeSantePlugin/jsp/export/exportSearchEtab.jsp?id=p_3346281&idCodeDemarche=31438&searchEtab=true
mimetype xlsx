--- v0 (2025-12-03)
+++ v1 (2026-03-05)
@@ -80,51 +80,51 @@
   <si>
     <t>Type d'établissement</t>
   </si>
   <si>
     <t>Activités</t>
   </si>
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
     <t>SAS CLINIQUE DE LA BAIE</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>21/01/2025 10:15:36</t>
+    <t>25/02/2026 17:07:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/834_FicheEtablissement/fr/sas-clinique-de-la-baie</t>
   </si>
   <si>
     <t>834_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>29600 MORLAIX</t>
   </si>
   <si>
     <t>MORLAIX</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>0298623636</t>
   </si>
   <si>
     <t>Privé</t>
   </si>