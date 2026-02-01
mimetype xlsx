--- v0 (2025-12-13)
+++ v1 (2026-02-01)
@@ -80,87 +80,87 @@
   <si>
     <t>Type d'établissement</t>
   </si>
   <si>
     <t>Activités</t>
   </si>
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
     <t>CENTRE D'AUTODIALYSE ADH DE SOMAIN</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>21/01/2025 10:17:44</t>
+    <t>17/12/2025 13:51:33</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3858_FicheEtablissement/fr/centre-d-autodialyse-adh-de-somain</t>
   </si>
   <si>
     <t>3858_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>61 Rue Joseph Boulier</t>
   </si>
   <si>
     <t>59490 SOMAIN</t>
   </si>
   <si>
     <t>SOMAIN</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>0327089298</t>
   </si>
   <si>
     <t>Privé à but non lucratif</t>
   </si>
   <si>
     <t>Néphrologie</t>
   </si>
   <si>
     <t>590008306</t>
   </si>
   <si>
-    <t>Établissements certifiés sous conditions</t>
+    <t>Établissements certifiés</t>
   </si>
   <si>
     <t>SANTELYS UNITE DE DIALYSE DE LAMBERSART</t>
   </si>
   <si>
     <t>21/05/2025 08:58:32</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3866_FicheEtablissement/fr/santelys-unite-de-dialyse-lambersart</t>
   </si>
   <si>
     <t>3866_FicheEtablissement</t>
   </si>
   <si>
     <t>petit</t>
   </si>
   <si>
     <t>48 Rue De La Carnoy</t>
   </si>
   <si>
     <t>59130 LAMBERSART</t>
   </si>
   <si>
     <t>LAMBERSART</t>
   </si>