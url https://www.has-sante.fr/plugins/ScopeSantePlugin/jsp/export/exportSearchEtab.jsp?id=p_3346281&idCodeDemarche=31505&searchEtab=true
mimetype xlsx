--- v0 (2025-12-04)
+++ v1 (2026-02-02)
@@ -80,87 +80,87 @@
   <si>
     <t>Type d'établissement</t>
   </si>
   <si>
     <t>Activités</t>
   </si>
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
     <t>INSTITUT MEDICALISÉ DE PLANCOET</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>31/01/2025 09:34:29</t>
+    <t>10/12/2025 11:48:25</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/625_FicheEtablissement/fr/institut-medical-specialise-plancoet</t>
   </si>
   <si>
     <t>625_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>12 Rue Marie Paule Salonne</t>
   </si>
   <si>
     <t>22130 PLANCOET</t>
   </si>
   <si>
     <t>PLANCOET</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>0296843737</t>
   </si>
   <si>
     <t>Privé</t>
   </si>
   <si>
     <t>Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>220000467</t>
   </si>
   <si>
-    <t>Établissements certifiés sous conditions</t>
+    <t>Établissements certifiés</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">