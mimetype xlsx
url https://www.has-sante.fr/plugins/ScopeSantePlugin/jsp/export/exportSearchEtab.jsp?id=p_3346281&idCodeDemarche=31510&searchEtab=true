--- v0 (2025-11-15)
+++ v1 (2026-01-01)
@@ -110,51 +110,51 @@
   <si>
     <t>2678_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>125 Rue D Avron</t>
   </si>
   <si>
     <t>75020 PARIS</t>
   </si>
   <si>
     <t>PARIS</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>0144643353</t>
   </si>
   <si>
     <t>Privé à but non lucratif</t>
   </si>
   <si>
-    <t>Cancérologie, Chirurgie, Médecine, Réanimation</t>
+    <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Réanimation</t>
   </si>
   <si>
     <t>750150237</t>
   </si>
   <si>
     <t>Établissements certifiés avec mention</t>
   </si>
   <si>
     <t>HOPITAL DES DIACONESSES OEUVRES DIACONESSES REUILLY</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/2680_FicheEtablissement/en/hopital-des-diaconesses</t>
   </si>
   <si>
     <t>2680_FicheEtablissement</t>
   </si>
   <si>
     <t>12 Rue Du Sergent Bauchat</t>
   </si>
   <si>
     <t>75571 PARIS CEDEX 12</t>
   </si>
   <si>
     <t>PARIS CEDEX 12</t>
   </si>