--- v0 (2025-11-17)
+++ v1 (2026-01-21)
@@ -80,90 +80,90 @@
   <si>
     <t>Type of Healthcare organisation</t>
   </si>
   <si>
     <t>Activity</t>
   </si>
   <si>
     <t>Legal status</t>
   </si>
   <si>
     <t>Geographical finess</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
     <t>CENTRE HOSPITALIER DU HAUT BUGEY - GEOVREISSET</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>01/21/2025 10:18:01</t>
+    <t>12/17/2025 13:42:14</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/14_FicheEtablissement/en/ch-du-haut-bugey-geovreisset</t>
   </si>
   <si>
     <t>14_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>1 Route De Veyziat</t>
   </si>
   <si>
     <t>01108 OYONNAX</t>
   </si>
   <si>
     <t>OYONNAX</t>
   </si>
   <si>
     <t>01</t>
   </si>
   <si>
     <t>0474731001</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Chirurgie, Médecine, Obstétrique, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>Public</t>
   </si>
   <si>
     <t>010005239</t>
   </si>
   <si>
-    <t>Établissements certifiés sous conditions</t>
+    <t>Établissements certifiés</t>
   </si>
   <si>
     <t>USLD CH D'OYONNAX</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/33_FicheEtablissement/en/usld-ch-d-oyonnax</t>
   </si>
   <si>
     <t>33_FicheEtablissement</t>
   </si>
   <si>
     <t>1 Rue Bellevue</t>
   </si>
   <si>
     <t>Soins de longue durée</t>
   </si>
   <si>
     <t>010789717</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>