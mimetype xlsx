--- v0 (2025-11-15)
+++ v1 (2026-01-01)
@@ -146,51 +146,51 @@
   <si>
     <t>https://www.has-sante.fr/jcms/2635_FicheEtablissement/en/ch-sainte-anne</t>
   </si>
   <si>
     <t>2635_FicheEtablissement</t>
   </si>
   <si>
     <t>grand</t>
   </si>
   <si>
     <t>1 Rue Cabanis</t>
   </si>
   <si>
     <t>75674 PARIS CEDEX 14</t>
   </si>
   <si>
     <t>PARIS CEDEX 14</t>
   </si>
   <si>
     <t>0145658000</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
-    <t>Cancérologie, Chirurgie, Médecine, Psychiatrie, Réanimation, Soins médicaux et de réadaptation</t>
+    <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Psychiatrie, Réanimation, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>750000499</t>
   </si>
   <si>
     <t>HOPITAL DE JOUR ET CTRE MEDICO PSY ADULTES ARMAILLE MARMOTAN</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/2640_FicheEtablissement/en/hdj-cmp-adultes-armaille-marmotan</t>
   </si>
   <si>
     <t>2640_FicheEtablissement</t>
   </si>
   <si>
     <t>17 Rue D Armaille</t>
   </si>
   <si>
     <t>75017 PARIS</t>
   </si>
   <si>
     <t>0156687013</t>
   </si>
   <si>
     <t>750006249</t>
   </si>