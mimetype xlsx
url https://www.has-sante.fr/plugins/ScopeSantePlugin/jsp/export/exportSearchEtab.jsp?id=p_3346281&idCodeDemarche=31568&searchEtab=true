--- v0 (2025-12-20)
+++ v1 (2026-02-04)
@@ -116,51 +116,51 @@
   <si>
     <t>1 Rue Andras Beck</t>
   </si>
   <si>
     <t>92140 CLAMART</t>
   </si>
   <si>
     <t>CLAMART</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
     <t>0142117000</t>
   </si>
   <si>
     <t>Public</t>
   </si>
   <si>
     <t>Psychiatrie</t>
   </si>
   <si>
     <t>920027711</t>
   </si>
   <si>
-    <t>Établissements certifiés sous conditions</t>
+    <t>Établissements non certifiés</t>
   </si>
   <si>
     <t>CTRE HOSP DE PSYCHIATRIE INFANTO JUVENILE FOND VALLEE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3363_FicheEtablissement/fr/chs-fondation-vallee</t>
   </si>
   <si>
     <t>3363_FicheEtablissement</t>
   </si>
   <si>
     <t>7 Rue Benserade</t>
   </si>
   <si>
     <t>94257 GENTILLY</t>
   </si>
   <si>
     <t>GENTILLY</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
     <t>0141248201</t>
   </si>