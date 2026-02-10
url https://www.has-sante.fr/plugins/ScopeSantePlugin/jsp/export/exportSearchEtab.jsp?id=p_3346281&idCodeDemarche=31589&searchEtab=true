--- v0 (2025-12-02)
+++ v1 (2026-02-10)
@@ -167,51 +167,51 @@
   <si>
     <t>CHCB SITE KERIO</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1761_FicheEtablissement/fr/chcb-site-kerio</t>
   </si>
   <si>
     <t>1761_FicheEtablissement</t>
   </si>
   <si>
     <t>grand</t>
   </si>
   <si>
     <t>56920 NOYAL PONTIVY</t>
   </si>
   <si>
     <t>NOYAL PONTIVY</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>0297790000</t>
   </si>
   <si>
-    <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Néphrologie, Obstétrique</t>
+    <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Néphrologie, Obstétrique, Réanimation</t>
   </si>
   <si>
     <t>560000143</t>
   </si>
   <si>
     <t>CENTRE HOSPITALIER GUEMENE SUR SCORFF</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1767_FicheEtablissement/fr/centre-hospitalier-guemene-sur-scorff</t>
   </si>
   <si>
     <t>1767_FicheEtablissement</t>
   </si>
   <si>
     <t>56160 GUEMENE SUR SCORFF</t>
   </si>
   <si>
     <t>GUEMENE SUR SCORFF</t>
   </si>
   <si>
     <t>0297285151</t>
   </si>
   <si>
     <t>Médecine, Soins médicaux et de réadaptation</t>
   </si>