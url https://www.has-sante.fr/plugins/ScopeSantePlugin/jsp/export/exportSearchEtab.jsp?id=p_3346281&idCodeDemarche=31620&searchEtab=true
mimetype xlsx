--- v0 (2025-11-28)
+++ v1 (2026-01-23)
@@ -1,259 +1,259 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Healthcare organisation" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Etablissement de santé" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Healthcare organisation'!$B$1:$T$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="140" uniqueCount="72">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Healthcare organisation size</t>
-[...2 lines deleted...]
-    <t>Adress</t>
+    <t>Taille établissement</t>
+  </si>
+  <si>
+    <t>Adresse</t>
   </si>
   <si>
     <t>Etablissement.libelle.adresse2</t>
   </si>
   <si>
-    <t>City</t>
-[...20 lines deleted...]
-    <t>Geographical finess</t>
+    <t>Commune</t>
+  </si>
+  <si>
+    <t>Département</t>
+  </si>
+  <si>
+    <t>Téléphone</t>
+  </si>
+  <si>
+    <t>Site internet</t>
+  </si>
+  <si>
+    <t>Type d'établissement</t>
+  </si>
+  <si>
+    <t>Activités</t>
+  </si>
+  <si>
+    <t>Statut juridique</t>
+  </si>
+  <si>
+    <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
-    <t>POLYCLINIQUE FRANCHEVILLE</t>
+    <t>HOPITAL PRIVE FRANCHEVILLE</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>01/21/2025 10:16:38</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/669_FicheEtablissement/en/polyclinique-francheville</t>
+    <t>21/01/2025 10:16:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/669_FicheEtablissement/fr/hopital-prive-francheville</t>
   </si>
   <si>
     <t>669_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>4 Place Francheville</t>
   </si>
   <si>
     <t>24004 PERIGUEUX</t>
   </si>
   <si>
     <t>PERIGUEUX</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>0553021111</t>
   </si>
   <si>
     <t>Privé</t>
   </si>
   <si>
     <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Cancérologie, Chirurgie, Médecine</t>
   </si>
   <si>
     <t>240000190</t>
   </si>
   <si>
     <t>Établissements certifiés</t>
   </si>
   <si>
     <t>ANTENNE D'AUTODIALYSE FRANCHEVILLE - RIBERAC</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3640_FicheEtablissement/en/antenne-autodialyse-francheville</t>
+    <t>https://www.has-sante.fr/jcms/3640_FicheEtablissement/fr/antenne-autodialyse-francheville</t>
   </si>
   <si>
     <t>3640_FicheEtablissement</t>
   </si>
   <si>
     <t>petit</t>
   </si>
   <si>
     <t>30 Avenue Guy De La Rigaudie</t>
   </si>
   <si>
     <t>24600 RIBERAC</t>
   </si>
   <si>
     <t>RIBERAC</t>
   </si>
   <si>
     <t>0553902943</t>
   </si>
   <si>
     <t>Néphrologie</t>
   </si>
   <si>
     <t>240003293</t>
   </si>
   <si>
     <t>ANTENNE D'AUTODIALYSE FRANCHEVILLE - MONTIGNAC</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3641_FicheEtablissement/en/antenne-autodialyse-francheville</t>
+    <t>https://www.has-sante.fr/jcms/3641_FicheEtablissement/fr/antenne-autodialyse-francheville</t>
   </si>
   <si>
     <t>3641_FicheEtablissement</t>
   </si>
   <si>
     <t>235 Route Fanlac</t>
   </si>
   <si>
     <t>24290 MONTIGNAC</t>
   </si>
   <si>
     <t>MONTIGNAC</t>
   </si>
   <si>
     <t>0553508440</t>
   </si>
   <si>
     <t>240003301</t>
   </si>
   <si>
     <t>CENTRE D'HEMODIALYSE DE LA POLYCLINIQUE FRANCHEVILLE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3642_FicheEtablissement/en/centre-d-hemodialyse-francheville</t>
+    <t>https://www.has-sante.fr/jcms/3642_FicheEtablissement/fr/centre-d-hemodialyse-francheville</t>
   </si>
   <si>
     <t>3642_FicheEtablissement</t>
   </si>
   <si>
     <t>34 Boulevard De Vesone</t>
   </si>
   <si>
     <t>24000 PERIGUEUX</t>
   </si>
   <si>
     <t>240006734</t>
   </si>
   <si>
     <t>ANTENNE AUTODIAL./UNITE DE DIALYSE MEDICALISEE FRANCHEVILLE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3643_FicheEtablissement/en/antenne/unite-de-dialyse-francheville</t>
+    <t>https://www.has-sante.fr/jcms/3643_FicheEtablissement/fr/antenne/unite-de-dialyse-francheville</t>
   </si>
   <si>
     <t>3643_FicheEtablissement</t>
   </si>
   <si>
     <t>8 Rue Charles Mangold</t>
   </si>
   <si>
     <t>240013219</t>
   </si>
   <si>
     <t>ANTENNE D'AUTODIALYSE FRANCHEVILLE - BERGERAC</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3644_FicheEtablissement/en/antenne-autodialyse-francheville</t>
+    <t>https://www.has-sante.fr/jcms/3644_FicheEtablissement/fr/antenne-autodialyse-francheville</t>
   </si>
   <si>
     <t>3644_FicheEtablissement</t>
   </si>
   <si>
     <t>54 Rue Du Professeur Pozzi</t>
   </si>
   <si>
     <t>24100 BERGERAC</t>
   </si>
   <si>
     <t>BERGERAC</t>
   </si>
   <si>
     <t>240013466</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
@@ -679,51 +679,51 @@
       <c r="A7" t="s">
         <v>20</v>
       </c>
       <c r="B7" t="s">
         <v>65</v>
       </c>
       <c r="C7" t="s">
         <v>22</v>
       </c>
       <c r="D7" t="s">
         <v>22</v>
       </c>
       <c r="E7" t="s">
         <v>23</v>
       </c>
       <c r="F7" t="s">
         <v>22</v>
       </c>
       <c r="G7" t="s">
         <v>66</v>
       </c>
       <c r="H7" t="s">
         <v>67</v>
       </c>
       <c r="I7" t="s">
-        <v>39</v>
+        <v>26</v>
       </c>
       <c r="J7" t="s">
         <v>68</v>
       </c>
       <c r="K7" t="s">
         <v>69</v>
       </c>
       <c r="L7" t="s">
         <v>70</v>
       </c>
       <c r="M7" t="s">
         <v>30</v>
       </c>
       <c r="N7" t="s">
         <v>22</v>
       </c>
       <c r="O7" t="s">
         <v>22</v>
       </c>
       <c r="P7" t="s">
         <v>32</v>
       </c>
       <c r="Q7" t="s">
         <v>44</v>
       </c>