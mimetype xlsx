--- v0 (2025-11-14)
+++ v1 (2026-01-01)
@@ -110,81 +110,81 @@
   <si>
     <t>3279_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>5 Rue Des Carnets</t>
   </si>
   <si>
     <t>92140 CLAMART</t>
   </si>
   <si>
     <t>CLAMART</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
     <t>0141281088</t>
   </si>
   <si>
     <t>Privé</t>
   </si>
   <si>
-    <t>Médecine, Néphrologie, Soins médicaux et de réadaptation</t>
+    <t>Imagerie Médicale, Médecine, Néphrologie, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>920300266</t>
   </si>
   <si>
     <t>Établissements certifiés sous conditions</t>
   </si>
   <si>
     <t>CLINIQUE DE MEUDON LA FORET VELIZY</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3287_FicheEtablissement/en/clinique-de-meudon-la-foret</t>
   </si>
   <si>
     <t>3287_FicheEtablissement</t>
   </si>
   <si>
     <t>3 Avenue De Villacoublay</t>
   </si>
   <si>
     <t>92360 MEUDON</t>
   </si>
   <si>
     <t>MEUDON</t>
   </si>
   <si>
     <t>0141281000</t>
   </si>
   <si>
-    <t>Cancérologie, Chirurgie, Médecine</t>
+    <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine</t>
   </si>
   <si>
     <t>920300597</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>