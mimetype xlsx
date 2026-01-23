--- v0 (2025-12-02)
+++ v1 (2026-01-23)
@@ -9,51 +9,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Etablissement de santé" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="100" uniqueCount="57">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="100" uniqueCount="58">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -156,50 +156,53 @@
     <t>petit</t>
   </si>
   <si>
     <t>81100 CASTRES</t>
   </si>
   <si>
     <t>CASTRES</t>
   </si>
   <si>
     <t>0563744770</t>
   </si>
   <si>
     <t>Psychiatrie</t>
   </si>
   <si>
     <t>810002998</t>
   </si>
   <si>
     <t>CENTRE PSYCHOTHERAPIQUE PHILIPPE PINEL AGORA CH LAVAUR</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/2942_FicheEtablissement/fr/ctre-psychotherap-pinel-agora</t>
   </si>
   <si>
     <t>2942_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>65 Avenue Georges Pompidou</t>
   </si>
   <si>
     <t>0563583015</t>
   </si>
   <si>
     <t>810004150</t>
   </si>
   <si>
     <t>UNITE SOINS LONGUE DUREE CENTRE HOSPITALIER LAVAUR</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/2947_FicheEtablissement/fr/usld-ch-lavaur</t>
   </si>
   <si>
     <t>2947_FicheEtablissement</t>
   </si>
   <si>
     <t>0563833100</t>
   </si>
   <si>
     <t>Soins de longue durée</t>
   </si>
   <si>
     <t>810100313</t>
   </si>
@@ -451,138 +454,138 @@
       <c r="B4" t="s">
         <v>46</v>
       </c>
       <c r="C4" t="s">
         <v>22</v>
       </c>
       <c r="D4" t="s">
         <v>22</v>
       </c>
       <c r="E4" t="s">
         <v>23</v>
       </c>
       <c r="F4" t="s">
         <v>22</v>
       </c>
       <c r="G4" t="s">
         <v>47</v>
       </c>
       <c r="H4" t="s">
         <v>48</v>
       </c>
       <c r="I4" t="s">
         <v>40</v>
       </c>
       <c r="J4" t="s">
-        <v>22</v>
+        <v>49</v>
       </c>
       <c r="K4" t="s">
         <v>28</v>
       </c>
       <c r="L4" t="s">
         <v>29</v>
       </c>
       <c r="M4" t="s">
         <v>30</v>
       </c>
       <c r="N4" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="O4" t="s">
         <v>22</v>
       </c>
       <c r="P4" t="s">
         <v>32</v>
       </c>
       <c r="Q4" t="s">
         <v>44</v>
       </c>
       <c r="R4" t="s">
         <v>34</v>
       </c>
       <c r="S4" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="T4" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>20</v>
       </c>
       <c r="B5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C5" t="s">
         <v>22</v>
       </c>
       <c r="D5" t="s">
         <v>22</v>
       </c>
       <c r="E5" t="s">
         <v>23</v>
       </c>
       <c r="F5" t="s">
         <v>22</v>
       </c>
       <c r="G5" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="H5" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="I5" t="s">
         <v>40</v>
       </c>
       <c r="J5" t="s">
-        <v>22</v>
+        <v>49</v>
       </c>
       <c r="K5" t="s">
         <v>28</v>
       </c>
       <c r="L5" t="s">
         <v>29</v>
       </c>
       <c r="M5" t="s">
         <v>30</v>
       </c>
       <c r="N5" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="O5" t="s">
         <v>22</v>
       </c>
       <c r="P5" t="s">
         <v>34</v>
       </c>
       <c r="Q5" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="R5" t="s">
         <v>34</v>
       </c>
       <c r="S5" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="T5" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>