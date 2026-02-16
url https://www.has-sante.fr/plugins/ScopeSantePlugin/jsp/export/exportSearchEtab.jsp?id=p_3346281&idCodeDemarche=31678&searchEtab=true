--- v0 (2025-11-15)
+++ v1 (2026-02-16)
@@ -110,51 +110,51 @@
   <si>
     <t>1358_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>108 Avenue Albert Raimond</t>
   </si>
   <si>
     <t>42271 ST PRIEST EN JAREZ</t>
   </si>
   <si>
     <t>ST PRIEST EN JAREZ</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>0477917000</t>
   </si>
   <si>
     <t>CHU</t>
   </si>
   <si>
-    <t>Cancérologie, Chirurgie, Médecine</t>
+    <t>Cancérologie, Chirurgie, Médecine, Réanimation</t>
   </si>
   <si>
     <t>Public</t>
   </si>
   <si>
     <t>420010241</t>
   </si>
   <si>
     <t>Établissements certifiés avec mention</t>
   </si>
   <si>
     <t>HOPITAL DE BELLEVUE - CHU DE SAINT-ETIENNE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1370_FicheEtablissement/fr/hopital-de-bellevue-chu42</t>
   </si>
   <si>
     <t>1370_FicheEtablissement</t>
   </si>
   <si>
     <t>25 Boulevard Pasteur</t>
   </si>
   <si>
     <t>42000 ST ETIENNE</t>
   </si>