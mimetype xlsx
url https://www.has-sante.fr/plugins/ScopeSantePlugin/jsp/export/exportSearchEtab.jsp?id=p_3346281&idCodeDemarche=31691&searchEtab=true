--- v0 (2025-12-16)
+++ v1 (2026-02-01)
@@ -113,51 +113,51 @@
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>59128 FLERS EN ESCREBIEUX</t>
   </si>
   <si>
     <t>FLERS EN ESCREBIEUX</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>0327713919</t>
   </si>
   <si>
     <t>Privé à but non lucratif</t>
   </si>
   <si>
     <t>Médecine</t>
   </si>
   <si>
     <t>590032108</t>
   </si>
   <si>
-    <t>A</t>
+    <t>Établissements certifiés sous conditions</t>
   </si>
   <si>
     <t>HOPITAL A DOMICILE DU CAMBRESIS</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1926_FicheEtablissement/fr/hopital-a-domicile-du-cambresis</t>
   </si>
   <si>
     <t>1926_FicheEtablissement</t>
   </si>
   <si>
     <t>93 Rue Victor Wattremez</t>
   </si>
   <si>
     <t>59157 BEAUVOIS EN CAMBRESIS</t>
   </si>
   <si>
     <t>BEAUVOIS EN CAMBRESIS</t>
   </si>
   <si>
     <t>0327720750</t>
   </si>
   <si>
     <t>590032199</t>
   </si>