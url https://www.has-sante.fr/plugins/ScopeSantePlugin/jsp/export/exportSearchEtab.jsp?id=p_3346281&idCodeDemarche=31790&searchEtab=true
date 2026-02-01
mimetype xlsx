--- v0 (2025-12-02)
+++ v1 (2026-02-01)
@@ -110,51 +110,51 @@
   <si>
     <t>1422_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>28 Avenue P De La Bouexiere</t>
   </si>
   <si>
     <t>44350 GUERANDE</t>
   </si>
   <si>
     <t>GUERANDE</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>0240626540</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
-    <t>Médecine</t>
+    <t>Médecine, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>Public</t>
   </si>
   <si>
     <t>440001253</t>
   </si>
   <si>
     <t>B</t>
   </si>
   <si>
     <t>HIC DE LA PRESQU'ILE - SITE DU CROISIC</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1423_FicheEtablissement/fr/hic-de-la-presqu-ile-site-du-croisic</t>
   </si>
   <si>
     <t>1423_FicheEtablissement</t>
   </si>
   <si>
     <t>44490 LE CROISIC</t>
   </si>
   <si>
     <t>LE CROISIC</t>
   </si>