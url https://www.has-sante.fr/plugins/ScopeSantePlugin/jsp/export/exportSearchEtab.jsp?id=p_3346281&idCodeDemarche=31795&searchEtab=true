--- v0 (2025-12-16)
+++ v1 (2026-02-01)
@@ -110,51 +110,51 @@
   <si>
     <t>1519_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>11 Avenue Leon Blum</t>
   </si>
   <si>
     <t>47501 FUMEL</t>
   </si>
   <si>
     <t>FUMEL</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>0553405400</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
-    <t>Soins médicaux et de réadaptation</t>
+    <t>Médecine, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>Public</t>
   </si>
   <si>
     <t>470000571</t>
   </si>
   <si>
     <t>Établissements certifiés</t>
   </si>
   <si>
     <t>UNITE DE SOINS DE LONGUE DUREE - CENTRE HOSPITALIER DE FUMEL</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1522_FicheEtablissement/fr/usld-du-ch-de-fumel</t>
   </si>
   <si>
     <t>1522_FicheEtablissement</t>
   </si>
   <si>
     <t>petit</t>
   </si>
   <si>
     <t>Soins de longue durée</t>
   </si>