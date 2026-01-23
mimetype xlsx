--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -1,649 +1,649 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Healthcare organisation" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Etablissement de santé" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Healthcare organisation'!$B$1:$T$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="460" uniqueCount="203">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Healthcare organisation size</t>
-[...2 lines deleted...]
-    <t>Adress</t>
+    <t>Taille établissement</t>
+  </si>
+  <si>
+    <t>Adresse</t>
   </si>
   <si>
     <t>Etablissement.libelle.adresse2</t>
   </si>
   <si>
-    <t>City</t>
-[...20 lines deleted...]
-    <t>Geographical finess</t>
+    <t>Commune</t>
+  </si>
+  <si>
+    <t>Département</t>
+  </si>
+  <si>
+    <t>Téléphone</t>
+  </si>
+  <si>
+    <t>Site internet</t>
+  </si>
+  <si>
+    <t>Type d'établissement</t>
+  </si>
+  <si>
+    <t>Activités</t>
+  </si>
+  <si>
+    <t>Statut juridique</t>
+  </si>
+  <si>
+    <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
     <t>ANIDER - EPRON</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>01/21/2025 10:17:03</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/3605_FicheEtablissement/en/anider-epron</t>
+    <t>21/01/2025 10:17:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3605_FicheEtablissement/fr/anider-epron</t>
   </si>
   <si>
     <t>3605_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>3 Chemin Dit De Lion</t>
   </si>
   <si>
     <t>14610 EPRON</t>
   </si>
   <si>
     <t>EPRON</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>0231469797</t>
   </si>
   <si>
     <t>Privé à but non lucratif</t>
   </si>
   <si>
     <t>Néphrologie</t>
   </si>
   <si>
     <t>140002254</t>
   </si>
   <si>
     <t>Établissements certifiés</t>
   </si>
   <si>
     <t>ANIDER - HONFLEUR</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3606_FicheEtablissement/en/anider-honfleur</t>
+    <t>https://www.has-sante.fr/jcms/3606_FicheEtablissement/fr/anider-honfleur</t>
   </si>
   <si>
     <t>3606_FicheEtablissement</t>
   </si>
   <si>
     <t>14600 HONFLEUR</t>
   </si>
   <si>
     <t>HONFLEUR</t>
   </si>
   <si>
     <t>0231811252</t>
   </si>
   <si>
     <t>140027434</t>
   </si>
   <si>
     <t>ANIDER - BAYEUX</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3607_FicheEtablissement/en/anider-bayeux</t>
+    <t>https://www.has-sante.fr/jcms/3607_FicheEtablissement/fr/anider-bayeux</t>
   </si>
   <si>
     <t>3607_FicheEtablissement</t>
   </si>
   <si>
     <t>petit</t>
   </si>
   <si>
     <t>15 Route De Vaux Sur Aure</t>
   </si>
   <si>
     <t>14400 BAYEUX</t>
   </si>
   <si>
     <t>BAYEUX</t>
   </si>
   <si>
     <t>0231226541</t>
   </si>
   <si>
     <t>140028895</t>
   </si>
   <si>
     <t>ANIDER - LOUVIERS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3654_FicheEtablissement/en/anider-louviers</t>
+    <t>https://www.has-sante.fr/jcms/3654_FicheEtablissement/fr/anider-louviers</t>
   </si>
   <si>
     <t>3654_FicheEtablissement</t>
   </si>
   <si>
     <t>2 Rue Saint Jean</t>
   </si>
   <si>
     <t>27400 LOUVIERS</t>
   </si>
   <si>
     <t>LOUVIERS</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>0232505498</t>
   </si>
   <si>
     <t>270017338</t>
   </si>
   <si>
     <t>ANIDER - THIBERVILLE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3655_FicheEtablissement/en/anider-thiberville</t>
+    <t>https://www.has-sante.fr/jcms/3655_FicheEtablissement/fr/anider-thiberville</t>
   </si>
   <si>
     <t>3655_FicheEtablissement</t>
   </si>
   <si>
     <t>18 Rue De Lisieux</t>
   </si>
   <si>
     <t>27230 THIBERVILLE</t>
   </si>
   <si>
     <t>THIBERVILLE</t>
   </si>
   <si>
     <t>0232454833</t>
   </si>
   <si>
     <t>270017379</t>
   </si>
   <si>
     <t>ANIDER - ST MARCEL</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3656_FicheEtablissement/en/anider-st-marcel</t>
+    <t>https://www.has-sante.fr/jcms/3656_FicheEtablissement/fr/anider-st-marcel</t>
   </si>
   <si>
     <t>3656_FicheEtablissement</t>
   </si>
   <si>
     <t>8 Rue De La Poste</t>
   </si>
   <si>
     <t>27950 ST MARCEL</t>
   </si>
   <si>
     <t>ST MARCEL</t>
   </si>
   <si>
     <t>0232517133</t>
   </si>
   <si>
     <t>270017429</t>
   </si>
   <si>
     <t>ANIDER - EVREUX</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3657_FicheEtablissement/en/anider-evreux</t>
+    <t>https://www.has-sante.fr/jcms/3657_FicheEtablissement/fr/anider-evreux</t>
   </si>
   <si>
     <t>3657_FicheEtablissement</t>
   </si>
   <si>
     <t>43 Rue Pierre Brossolette</t>
   </si>
   <si>
     <t>27000 EVREUX</t>
   </si>
   <si>
     <t>EVREUX</t>
   </si>
   <si>
     <t>0232392268</t>
   </si>
   <si>
     <t>270017478</t>
   </si>
   <si>
     <t>ANIDER - MARIGNY</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3823_FicheEtablissement/en/anider-marigny</t>
+    <t>https://www.has-sante.fr/jcms/3823_FicheEtablissement/fr/anider-marigny</t>
   </si>
   <si>
     <t>3823_FicheEtablissement</t>
   </si>
   <si>
     <t>2 Clos L'Eveque</t>
   </si>
   <si>
     <t>50570 MARIGNY LE LOZON</t>
   </si>
   <si>
     <t>MARIGNY LE LOZON</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>0233551681</t>
   </si>
   <si>
     <t>500021373</t>
   </si>
   <si>
     <t>ANIDER - ST SAUVEUR LE VICOMTE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3824_FicheEtablissement/en/anider-st-sauveur-le-vicomte</t>
+    <t>https://www.has-sante.fr/jcms/3824_FicheEtablissement/fr/anider-st-sauveur-le-vicomte</t>
   </si>
   <si>
     <t>3824_FicheEtablissement</t>
   </si>
   <si>
     <t>20 Avenue Division Leclerc</t>
   </si>
   <si>
     <t>50390 ST SAUVEUR LE VICOMTE</t>
   </si>
   <si>
     <t>ST SAUVEUR LE VICOMTE</t>
   </si>
   <si>
     <t>0233215033</t>
   </si>
   <si>
     <t>500021381</t>
   </si>
   <si>
     <t>ANIDER - TOURLAVILLE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3825_FicheEtablissement/en/anider-tourlaville</t>
+    <t>https://www.has-sante.fr/jcms/3825_FicheEtablissement/fr/anider-tourlaville</t>
   </si>
   <si>
     <t>3825_FicheEtablissement</t>
   </si>
   <si>
     <t>98 Rue Des Metiers</t>
   </si>
   <si>
     <t>50100 CHERBOURG EN COTENTIN</t>
   </si>
   <si>
     <t>CHERBOURG EN COTENTIN</t>
   </si>
   <si>
     <t>0233442165</t>
   </si>
   <si>
     <t>500021399</t>
   </si>
   <si>
     <t>ANIDER - SARTILLY</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3826_FicheEtablissement/en/anider-sartilly</t>
+    <t>https://www.has-sante.fr/jcms/3826_FicheEtablissement/fr/anider-sartilly</t>
   </si>
   <si>
     <t>3826_FicheEtablissement</t>
   </si>
   <si>
     <t>2 Rue Des Camelias</t>
   </si>
   <si>
     <t>50530 SARTILLY BAIE BOCAGE</t>
   </si>
   <si>
     <t>SARTILLY BAIE BOCAGE</t>
   </si>
   <si>
     <t>0233583920</t>
   </si>
   <si>
     <t>500021415</t>
   </si>
   <si>
     <t>ANIDER - ARGENTAN</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3895_FicheEtablissement/en/anider-argentan</t>
+    <t>https://www.has-sante.fr/jcms/3895_FicheEtablissement/fr/anider-argentan</t>
   </si>
   <si>
     <t>3895_FicheEtablissement</t>
   </si>
   <si>
     <t>61200 ARGENTAN</t>
   </si>
   <si>
     <t>ARGENTAN</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>0233262556</t>
   </si>
   <si>
     <t>610006710</t>
   </si>
   <si>
     <t>ANIDER - ALENCON</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3896_FicheEtablissement/en/anider-alencon</t>
+    <t>https://www.has-sante.fr/jcms/3896_FicheEtablissement/fr/anider-alencon</t>
   </si>
   <si>
     <t>3896_FicheEtablissement</t>
   </si>
   <si>
     <t>6 Route De Fresnay</t>
   </si>
   <si>
     <t>61000 ALENCON</t>
   </si>
   <si>
     <t>ALENCON</t>
   </si>
   <si>
     <t>0233265210</t>
   </si>
   <si>
     <t>610006728</t>
   </si>
   <si>
     <t>ANIDER - FLERS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3897_FicheEtablissement/en/anider-flers</t>
+    <t>https://www.has-sante.fr/jcms/3897_FicheEtablissement/fr/anider-flers</t>
   </si>
   <si>
     <t>3897_FicheEtablissement</t>
   </si>
   <si>
     <t>11 Rue Du Commandant Charcot</t>
   </si>
   <si>
     <t>61100 FLERS</t>
   </si>
   <si>
     <t>FLERS</t>
   </si>
   <si>
     <t>0233649804</t>
   </si>
   <si>
     <t>610006736</t>
   </si>
   <si>
     <t>ANIDER - CLEON</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3995_FicheEtablissement/en/anider-cleon</t>
+    <t>https://www.has-sante.fr/jcms/3995_FicheEtablissement/fr/anider-cleon</t>
   </si>
   <si>
     <t>3995_FicheEtablissement</t>
   </si>
   <si>
     <t>648 Rue Des Martyrs</t>
   </si>
   <si>
     <t>76410 CLEON</t>
   </si>
   <si>
     <t>CLEON</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>0235786015</t>
   </si>
   <si>
     <t>760025668</t>
   </si>
   <si>
     <t>ANIDER - EU</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3996_FicheEtablissement/en/anider-eu</t>
+    <t>https://www.has-sante.fr/jcms/3996_FicheEtablissement/fr/anider-eu</t>
   </si>
   <si>
     <t>3996_FicheEtablissement</t>
   </si>
   <si>
     <t>76260 EU</t>
   </si>
   <si>
     <t>EU</t>
   </si>
   <si>
     <t>0235509693</t>
   </si>
   <si>
     <t>760025718</t>
   </si>
   <si>
     <t>ANIDER - FECAMP</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3997_FicheEtablissement/en/anider-fecamp</t>
+    <t>https://www.has-sante.fr/jcms/3997_FicheEtablissement/fr/anider-fecamp</t>
   </si>
   <si>
     <t>3997_FicheEtablissement</t>
   </si>
   <si>
     <t>33 Chemin Du Bois De Bosclon</t>
   </si>
   <si>
     <t>76400 FECAMP</t>
   </si>
   <si>
     <t>FECAMP</t>
   </si>
   <si>
     <t>0235286023</t>
   </si>
   <si>
     <t>760025809</t>
   </si>
   <si>
     <t>ANIDER - FONTAINE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3998_FicheEtablissement/en/anider-fontaine</t>
+    <t>https://www.has-sante.fr/jcms/3998_FicheEtablissement/fr/anider-fontaine</t>
   </si>
   <si>
     <t>3998_FicheEtablissement</t>
   </si>
   <si>
     <t>76290 FONTAINE LA MALLET</t>
   </si>
   <si>
     <t>FONTAINE LA MALLET</t>
   </si>
   <si>
     <t>0235308866</t>
   </si>
   <si>
     <t>760025858</t>
   </si>
   <si>
     <t>ANIDER - LE HAVRE MASSILLON</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3999_FicheEtablissement/en/anider-le-havre-massillon</t>
+    <t>https://www.has-sante.fr/jcms/3999_FicheEtablissement/fr/anider-le-havre-massillon</t>
   </si>
   <si>
     <t>3999_FicheEtablissement</t>
   </si>
   <si>
     <t>54 Rue Massillon</t>
   </si>
   <si>
     <t>76620 LE HAVRE</t>
   </si>
   <si>
     <t>LE HAVRE</t>
   </si>
   <si>
     <t>0235251207</t>
   </si>
   <si>
     <t>760025908</t>
   </si>
   <si>
     <t>ANIDER - DIEPPE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/4000_FicheEtablissement/en/anider-dieppe</t>
+    <t>https://www.has-sante.fr/jcms/4000_FicheEtablissement/fr/anider-dieppe</t>
   </si>
   <si>
     <t>4000_FicheEtablissement</t>
   </si>
   <si>
     <t>76200 DIEPPE</t>
   </si>
   <si>
     <t>DIEPPE</t>
   </si>
   <si>
     <t>0235509810</t>
   </si>
   <si>
     <t>760026088</t>
   </si>
   <si>
     <t>ANIDER - LE HAVRE PLATEAU</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/4002_FicheEtablissement/en/anider-le-havre-plateau</t>
+    <t>https://www.has-sante.fr/jcms/4002_FicheEtablissement/fr/anider-le-havre-plateau</t>
   </si>
   <si>
     <t>4002_FicheEtablissement</t>
   </si>
   <si>
     <t>49 Rue Aveorres</t>
   </si>
   <si>
     <t>76600 LE HAVRE</t>
   </si>
   <si>
     <t>0232854346</t>
   </si>
   <si>
     <t>760035592</t>
   </si>
   <si>
     <t>ANIDER - ROUEN INNOVATION SANTE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/4003_FicheEtablissement/en/anider-rouen-innovation-sante</t>
+    <t>https://www.has-sante.fr/jcms/4003_FicheEtablissement/fr/anider-rouen-innovation-sante</t>
   </si>
   <si>
     <t>4003_FicheEtablissement</t>
   </si>
   <si>
     <t>18 Rue Marie Curie</t>
   </si>
   <si>
     <t>76000 ROUEN</t>
   </si>
   <si>
     <t>ROUEN</t>
   </si>
   <si>
     <t>0235183245</t>
   </si>
   <si>
     <t>760917773</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>