--- v0 (2025-12-21)
+++ v1 (2026-02-04)
@@ -9,51 +9,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Etablissement de santé" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="400" uniqueCount="178">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="420" uniqueCount="186">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -89,89 +89,92 @@
   <si>
     <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
     <t>AURAL UNITE DIALYSE CH HAUT BUGEY</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>18/06/2025 14:50:56</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3547_FicheEtablissement/fr/aural-unite-dialyse-ch-haut-bugey</t>
   </si>
   <si>
     <t>3547_FicheEtablissement</t>
   </si>
   <si>
+    <t>moyen</t>
+  </si>
+  <si>
+    <t>2 Route De Veyziat</t>
+  </si>
+  <si>
+    <t>01100 OYONNAX</t>
+  </si>
+  <si>
+    <t>OYONNAX</t>
+  </si>
+  <si>
+    <t>01</t>
+  </si>
+  <si>
+    <t>0474772370</t>
+  </si>
+  <si>
+    <t>Privé à but non lucratif</t>
+  </si>
+  <si>
+    <t>Néphrologie</t>
+  </si>
+  <si>
+    <t>010006526</t>
+  </si>
+  <si>
+    <t>Établissements certifiés avec mention</t>
+  </si>
+  <si>
+    <t>AURAL UNITE DIALYSE CH AUBENAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3573_FicheEtablissement/fr/aural-unite-dialyse-ch-aubenas</t>
+  </si>
+  <si>
+    <t>3573_FicheEtablissement</t>
+  </si>
+  <si>
     <t>petit</t>
   </si>
   <si>
-    <t>2 Route De Veyziat</t>
-[...34 lines deleted...]
-  <si>
     <t>16 Avenue De Bellande</t>
   </si>
   <si>
     <t>07205 AUBENAS</t>
   </si>
   <si>
     <t>AUBENAS</t>
   </si>
   <si>
     <t>07</t>
   </si>
   <si>
     <t>0475356247</t>
   </si>
   <si>
     <t>070786231</t>
   </si>
   <si>
     <t>AURAL UNITE DIALYSE CH ANNONAY</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3574_FicheEtablissement/fr/aural-unite-dialyse-ch-annonay</t>
   </si>
   <si>
     <t>3574_FicheEtablissement</t>
@@ -179,53 +182,50 @@
   <si>
     <t>9 Rue Saint Prix Barou</t>
   </si>
   <si>
     <t>07100 ANNONAY</t>
   </si>
   <si>
     <t>ANNONAY</t>
   </si>
   <si>
     <t>0475676323</t>
   </si>
   <si>
     <t>070786249</t>
   </si>
   <si>
     <t>AURAL UNITE DIALYSE CH VALENCE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3651_FicheEtablissement/fr/aural-unite-dialyse-ch-valence</t>
   </si>
   <si>
     <t>3651_FicheEtablissement</t>
   </si>
   <si>
-    <t>moyen</t>
-[...1 lines deleted...]
-  <si>
     <t>169 Boulevard Marechal Juin</t>
   </si>
   <si>
     <t>26000 VALENCE</t>
   </si>
   <si>
     <t>VALENCE</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>0475437387</t>
   </si>
   <si>
     <t>260010418</t>
   </si>
   <si>
     <t>AURAL UNITE DIALYSE CH MONTELIMAR</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3652_FicheEtablissement/fr/aural-unite-dialyse-ch-montelimar</t>
   </si>
   <si>
     <t>3652_FicheEtablissement</t>
@@ -531,50 +531,74 @@
     <t>0450381818</t>
   </si>
   <si>
     <t>740789649</t>
   </si>
   <si>
     <t>AURAL UNITE DIALYSE METZ TESSY</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3985_FicheEtablissement/fr/aural-unite-dialyse-metz-tessy</t>
   </si>
   <si>
     <t>3985_FicheEtablissement</t>
   </si>
   <si>
     <t>74330 EPAGNY METZ TESSY</t>
   </si>
   <si>
     <t>EPAGNY METZ TESSY</t>
   </si>
   <si>
     <t>0450513603</t>
   </si>
   <si>
     <t>740789821</t>
+  </si>
+  <si>
+    <t>AURAL UNITE DIALYSE LE MONT CALME II MEYZIEU</t>
+  </si>
+  <si>
+    <t>16/01/2026 03:12:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6319_FicheEtablissement/fr/aural-unite-dialyse-le-mont-calme</t>
+  </si>
+  <si>
+    <t>6319_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>3 Rue Gambetta</t>
+  </si>
+  <si>
+    <t>69330 MEYZIEU</t>
+  </si>
+  <si>
+    <t>MEYZIEU</t>
+  </si>
+  <si>
+    <t>690048392</t>
   </si>
   <si>
     <t>AURAL - BOURGOIN DOMARIN</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/7732_FicheEtablissement/fr/aural-bourgoin-domarin</t>
   </si>
   <si>
     <t>7732_FicheEtablissement</t>
   </si>
   <si>
     <t>380028613</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -593,51 +617,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:T20"/>
+  <dimension ref="A1:T21"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -749,175 +773,175 @@
       <c r="A3" t="s">
         <v>20</v>
       </c>
       <c r="B3" t="s">
         <v>36</v>
       </c>
       <c r="C3" t="s">
         <v>22</v>
       </c>
       <c r="D3" t="s">
         <v>22</v>
       </c>
       <c r="E3" t="s">
         <v>23</v>
       </c>
       <c r="F3" t="s">
         <v>22</v>
       </c>
       <c r="G3" t="s">
         <v>37</v>
       </c>
       <c r="H3" t="s">
         <v>38</v>
       </c>
       <c r="I3" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="J3" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="K3" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="L3" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="M3" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="N3" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="O3" t="s">
         <v>22</v>
       </c>
       <c r="P3" t="s">
         <v>32</v>
       </c>
       <c r="Q3" t="s">
         <v>33</v>
       </c>
       <c r="R3" t="s">
         <v>32</v>
       </c>
       <c r="S3" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="T3" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>20</v>
       </c>
       <c r="B4" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C4" t="s">
         <v>22</v>
       </c>
       <c r="D4" t="s">
         <v>22</v>
       </c>
       <c r="E4" t="s">
         <v>23</v>
       </c>
       <c r="F4" t="s">
         <v>22</v>
       </c>
       <c r="G4" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="H4" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="I4" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="J4" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="K4" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="L4" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="M4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="N4" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="O4" t="s">
         <v>22</v>
       </c>
       <c r="P4" t="s">
         <v>32</v>
       </c>
       <c r="Q4" t="s">
         <v>33</v>
       </c>
       <c r="R4" t="s">
         <v>32</v>
       </c>
       <c r="S4" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="T4" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>20</v>
       </c>
       <c r="B5" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C5" t="s">
         <v>22</v>
       </c>
       <c r="D5" t="s">
         <v>22</v>
       </c>
       <c r="E5" t="s">
         <v>23</v>
       </c>
       <c r="F5" t="s">
         <v>22</v>
       </c>
       <c r="G5" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="H5" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="I5" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="J5" t="s">
         <v>57</v>
       </c>
       <c r="K5" t="s">
         <v>58</v>
       </c>
       <c r="L5" t="s">
         <v>59</v>
       </c>
       <c r="M5" t="s">
         <v>60</v>
       </c>
       <c r="N5" t="s">
         <v>61</v>
       </c>
       <c r="O5" t="s">
         <v>22</v>
       </c>
       <c r="P5" t="s">
         <v>32</v>
       </c>
       <c r="Q5" t="s">
         <v>33</v>
       </c>
@@ -935,51 +959,51 @@
       <c r="A6" t="s">
         <v>20</v>
       </c>
       <c r="B6" t="s">
         <v>63</v>
       </c>
       <c r="C6" t="s">
         <v>22</v>
       </c>
       <c r="D6" t="s">
         <v>22</v>
       </c>
       <c r="E6" t="s">
         <v>23</v>
       </c>
       <c r="F6" t="s">
         <v>22</v>
       </c>
       <c r="G6" t="s">
         <v>64</v>
       </c>
       <c r="H6" t="s">
         <v>65</v>
       </c>
       <c r="I6" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="J6" t="s">
         <v>22</v>
       </c>
       <c r="K6" t="s">
         <v>66</v>
       </c>
       <c r="L6" t="s">
         <v>67</v>
       </c>
       <c r="M6" t="s">
         <v>60</v>
       </c>
       <c r="N6" t="s">
         <v>68</v>
       </c>
       <c r="O6" t="s">
         <v>22</v>
       </c>
       <c r="P6" t="s">
         <v>32</v>
       </c>
       <c r="Q6" t="s">
         <v>33</v>
       </c>
@@ -997,51 +1021,51 @@
       <c r="A7" t="s">
         <v>20</v>
       </c>
       <c r="B7" t="s">
         <v>70</v>
       </c>
       <c r="C7" t="s">
         <v>22</v>
       </c>
       <c r="D7" t="s">
         <v>22</v>
       </c>
       <c r="E7" t="s">
         <v>23</v>
       </c>
       <c r="F7" t="s">
         <v>22</v>
       </c>
       <c r="G7" t="s">
         <v>71</v>
       </c>
       <c r="H7" t="s">
         <v>72</v>
       </c>
       <c r="I7" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="J7" t="s">
         <v>73</v>
       </c>
       <c r="K7" t="s">
         <v>74</v>
       </c>
       <c r="L7" t="s">
         <v>75</v>
       </c>
       <c r="M7" t="s">
         <v>76</v>
       </c>
       <c r="N7" t="s">
         <v>77</v>
       </c>
       <c r="O7" t="s">
         <v>22</v>
       </c>
       <c r="P7" t="s">
         <v>32</v>
       </c>
       <c r="Q7" t="s">
         <v>33</v>
       </c>
@@ -1059,51 +1083,51 @@
       <c r="A8" t="s">
         <v>20</v>
       </c>
       <c r="B8" t="s">
         <v>79</v>
       </c>
       <c r="C8" t="s">
         <v>22</v>
       </c>
       <c r="D8" t="s">
         <v>22</v>
       </c>
       <c r="E8" t="s">
         <v>23</v>
       </c>
       <c r="F8" t="s">
         <v>22</v>
       </c>
       <c r="G8" t="s">
         <v>80</v>
       </c>
       <c r="H8" t="s">
         <v>81</v>
       </c>
       <c r="I8" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="J8" t="s">
         <v>82</v>
       </c>
       <c r="K8" t="s">
         <v>83</v>
       </c>
       <c r="L8" t="s">
         <v>84</v>
       </c>
       <c r="M8" t="s">
         <v>76</v>
       </c>
       <c r="N8" t="s">
         <v>85</v>
       </c>
       <c r="O8" t="s">
         <v>22</v>
       </c>
       <c r="P8" t="s">
         <v>32</v>
       </c>
       <c r="Q8" t="s">
         <v>33</v>
       </c>
@@ -1121,51 +1145,51 @@
       <c r="A9" t="s">
         <v>20</v>
       </c>
       <c r="B9" t="s">
         <v>87</v>
       </c>
       <c r="C9" t="s">
         <v>22</v>
       </c>
       <c r="D9" t="s">
         <v>22</v>
       </c>
       <c r="E9" t="s">
         <v>23</v>
       </c>
       <c r="F9" t="s">
         <v>22</v>
       </c>
       <c r="G9" t="s">
         <v>88</v>
       </c>
       <c r="H9" t="s">
         <v>89</v>
       </c>
       <c r="I9" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="J9" t="s">
         <v>90</v>
       </c>
       <c r="K9" t="s">
         <v>91</v>
       </c>
       <c r="L9" t="s">
         <v>92</v>
       </c>
       <c r="M9" t="s">
         <v>93</v>
       </c>
       <c r="N9" t="s">
         <v>94</v>
       </c>
       <c r="O9" t="s">
         <v>22</v>
       </c>
       <c r="P9" t="s">
         <v>32</v>
       </c>
       <c r="Q9" t="s">
         <v>33</v>
       </c>
@@ -1183,51 +1207,51 @@
       <c r="A10" t="s">
         <v>20</v>
       </c>
       <c r="B10" t="s">
         <v>96</v>
       </c>
       <c r="C10" t="s">
         <v>22</v>
       </c>
       <c r="D10" t="s">
         <v>22</v>
       </c>
       <c r="E10" t="s">
         <v>23</v>
       </c>
       <c r="F10" t="s">
         <v>22</v>
       </c>
       <c r="G10" t="s">
         <v>97</v>
       </c>
       <c r="H10" t="s">
         <v>98</v>
       </c>
       <c r="I10" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="J10" t="s">
         <v>99</v>
       </c>
       <c r="K10" t="s">
         <v>100</v>
       </c>
       <c r="L10" t="s">
         <v>92</v>
       </c>
       <c r="M10" t="s">
         <v>93</v>
       </c>
       <c r="N10" t="s">
         <v>101</v>
       </c>
       <c r="O10" t="s">
         <v>22</v>
       </c>
       <c r="P10" t="s">
         <v>32</v>
       </c>
       <c r="Q10" t="s">
         <v>33</v>
       </c>
@@ -1245,51 +1269,51 @@
       <c r="A11" t="s">
         <v>20</v>
       </c>
       <c r="B11" t="s">
         <v>103</v>
       </c>
       <c r="C11" t="s">
         <v>22</v>
       </c>
       <c r="D11" t="s">
         <v>22</v>
       </c>
       <c r="E11" t="s">
         <v>23</v>
       </c>
       <c r="F11" t="s">
         <v>22</v>
       </c>
       <c r="G11" t="s">
         <v>104</v>
       </c>
       <c r="H11" t="s">
         <v>105</v>
       </c>
       <c r="I11" t="s">
-        <v>56</v>
+        <v>39</v>
       </c>
       <c r="J11" t="s">
         <v>106</v>
       </c>
       <c r="K11" t="s">
         <v>107</v>
       </c>
       <c r="L11" t="s">
         <v>108</v>
       </c>
       <c r="M11" t="s">
         <v>93</v>
       </c>
       <c r="N11" t="s">
         <v>109</v>
       </c>
       <c r="O11" t="s">
         <v>22</v>
       </c>
       <c r="P11" t="s">
         <v>32</v>
       </c>
       <c r="Q11" t="s">
         <v>33</v>
       </c>
@@ -1307,51 +1331,51 @@
       <c r="A12" t="s">
         <v>20</v>
       </c>
       <c r="B12" t="s">
         <v>111</v>
       </c>
       <c r="C12" t="s">
         <v>22</v>
       </c>
       <c r="D12" t="s">
         <v>22</v>
       </c>
       <c r="E12" t="s">
         <v>23</v>
       </c>
       <c r="F12" t="s">
         <v>22</v>
       </c>
       <c r="G12" t="s">
         <v>112</v>
       </c>
       <c r="H12" t="s">
         <v>113</v>
       </c>
       <c r="I12" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="J12" t="s">
         <v>114</v>
       </c>
       <c r="K12" t="s">
         <v>115</v>
       </c>
       <c r="L12" t="s">
         <v>116</v>
       </c>
       <c r="M12" t="s">
         <v>117</v>
       </c>
       <c r="N12" t="s">
         <v>118</v>
       </c>
       <c r="O12" t="s">
         <v>22</v>
       </c>
       <c r="P12" t="s">
         <v>32</v>
       </c>
       <c r="Q12" t="s">
         <v>33</v>
       </c>
@@ -1431,51 +1455,51 @@
       <c r="A14" t="s">
         <v>20</v>
       </c>
       <c r="B14" t="s">
         <v>128</v>
       </c>
       <c r="C14" t="s">
         <v>22</v>
       </c>
       <c r="D14" t="s">
         <v>22</v>
       </c>
       <c r="E14" t="s">
         <v>23</v>
       </c>
       <c r="F14" t="s">
         <v>22</v>
       </c>
       <c r="G14" t="s">
         <v>129</v>
       </c>
       <c r="H14" t="s">
         <v>130</v>
       </c>
       <c r="I14" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="J14" t="s">
         <v>131</v>
       </c>
       <c r="K14" t="s">
         <v>132</v>
       </c>
       <c r="L14" t="s">
         <v>133</v>
       </c>
       <c r="M14" t="s">
         <v>117</v>
       </c>
       <c r="N14" t="s">
         <v>134</v>
       </c>
       <c r="O14" t="s">
         <v>22</v>
       </c>
       <c r="P14" t="s">
         <v>32</v>
       </c>
       <c r="Q14" t="s">
         <v>33</v>
       </c>
@@ -1493,51 +1517,51 @@
       <c r="A15" t="s">
         <v>20</v>
       </c>
       <c r="B15" t="s">
         <v>136</v>
       </c>
       <c r="C15" t="s">
         <v>22</v>
       </c>
       <c r="D15" t="s">
         <v>22</v>
       </c>
       <c r="E15" t="s">
         <v>23</v>
       </c>
       <c r="F15" t="s">
         <v>22</v>
       </c>
       <c r="G15" t="s">
         <v>137</v>
       </c>
       <c r="H15" t="s">
         <v>138</v>
       </c>
       <c r="I15" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="J15" t="s">
         <v>139</v>
       </c>
       <c r="K15" t="s">
         <v>140</v>
       </c>
       <c r="L15" t="s">
         <v>141</v>
       </c>
       <c r="M15" t="s">
         <v>142</v>
       </c>
       <c r="N15" t="s">
         <v>22</v>
       </c>
       <c r="O15" t="s">
         <v>22</v>
       </c>
       <c r="P15" t="s">
         <v>32</v>
       </c>
       <c r="Q15" t="s">
         <v>33</v>
       </c>
@@ -1555,51 +1579,51 @@
       <c r="A16" t="s">
         <v>20</v>
       </c>
       <c r="B16" t="s">
         <v>144</v>
       </c>
       <c r="C16" t="s">
         <v>22</v>
       </c>
       <c r="D16" t="s">
         <v>22</v>
       </c>
       <c r="E16" t="s">
         <v>23</v>
       </c>
       <c r="F16" t="s">
         <v>22</v>
       </c>
       <c r="G16" t="s">
         <v>145</v>
       </c>
       <c r="H16" t="s">
         <v>146</v>
       </c>
       <c r="I16" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="J16" t="s">
         <v>147</v>
       </c>
       <c r="K16" t="s">
         <v>148</v>
       </c>
       <c r="L16" t="s">
         <v>149</v>
       </c>
       <c r="M16" t="s">
         <v>142</v>
       </c>
       <c r="N16" t="s">
         <v>22</v>
       </c>
       <c r="O16" t="s">
         <v>22</v>
       </c>
       <c r="P16" t="s">
         <v>32</v>
       </c>
       <c r="Q16" t="s">
         <v>33</v>
       </c>
@@ -1617,51 +1641,51 @@
       <c r="A17" t="s">
         <v>20</v>
       </c>
       <c r="B17" t="s">
         <v>151</v>
       </c>
       <c r="C17" t="s">
         <v>22</v>
       </c>
       <c r="D17" t="s">
         <v>22</v>
       </c>
       <c r="E17" t="s">
         <v>23</v>
       </c>
       <c r="F17" t="s">
         <v>22</v>
       </c>
       <c r="G17" t="s">
         <v>152</v>
       </c>
       <c r="H17" t="s">
         <v>153</v>
       </c>
       <c r="I17" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="J17" t="s">
         <v>154</v>
       </c>
       <c r="K17" t="s">
         <v>155</v>
       </c>
       <c r="L17" t="s">
         <v>156</v>
       </c>
       <c r="M17" t="s">
         <v>142</v>
       </c>
       <c r="N17" t="s">
         <v>157</v>
       </c>
       <c r="O17" t="s">
         <v>22</v>
       </c>
       <c r="P17" t="s">
         <v>32</v>
       </c>
       <c r="Q17" t="s">
         <v>33</v>
       </c>
@@ -1679,51 +1703,51 @@
       <c r="A18" t="s">
         <v>20</v>
       </c>
       <c r="B18" t="s">
         <v>159</v>
       </c>
       <c r="C18" t="s">
         <v>22</v>
       </c>
       <c r="D18" t="s">
         <v>22</v>
       </c>
       <c r="E18" t="s">
         <v>23</v>
       </c>
       <c r="F18" t="s">
         <v>22</v>
       </c>
       <c r="G18" t="s">
         <v>160</v>
       </c>
       <c r="H18" t="s">
         <v>161</v>
       </c>
       <c r="I18" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="J18" t="s">
         <v>162</v>
       </c>
       <c r="K18" t="s">
         <v>163</v>
       </c>
       <c r="L18" t="s">
         <v>164</v>
       </c>
       <c r="M18" t="s">
         <v>142</v>
       </c>
       <c r="N18" t="s">
         <v>165</v>
       </c>
       <c r="O18" t="s">
         <v>22</v>
       </c>
       <c r="P18" t="s">
         <v>32</v>
       </c>
       <c r="Q18" t="s">
         <v>33</v>
       </c>
@@ -1741,141 +1765,203 @@
       <c r="A19" t="s">
         <v>20</v>
       </c>
       <c r="B19" t="s">
         <v>167</v>
       </c>
       <c r="C19" t="s">
         <v>22</v>
       </c>
       <c r="D19" t="s">
         <v>22</v>
       </c>
       <c r="E19" t="s">
         <v>23</v>
       </c>
       <c r="F19" t="s">
         <v>22</v>
       </c>
       <c r="G19" t="s">
         <v>168</v>
       </c>
       <c r="H19" t="s">
         <v>169</v>
       </c>
       <c r="I19" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="J19" t="s">
         <v>22</v>
       </c>
       <c r="K19" t="s">
         <v>170</v>
       </c>
       <c r="L19" t="s">
         <v>171</v>
       </c>
       <c r="M19" t="s">
         <v>142</v>
       </c>
       <c r="N19" t="s">
         <v>172</v>
       </c>
       <c r="O19" t="s">
         <v>22</v>
       </c>
       <c r="P19" t="s">
         <v>32</v>
       </c>
       <c r="Q19" t="s">
         <v>33</v>
       </c>
       <c r="R19" t="s">
         <v>32</v>
       </c>
       <c r="S19" t="s">
         <v>173</v>
       </c>
       <c r="T19" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>20</v>
       </c>
       <c r="B20" t="s">
         <v>174</v>
       </c>
       <c r="C20" t="s">
         <v>22</v>
       </c>
       <c r="D20" t="s">
         <v>22</v>
       </c>
       <c r="E20" t="s">
-        <v>23</v>
+        <v>175</v>
       </c>
       <c r="F20" t="s">
         <v>22</v>
       </c>
       <c r="G20" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="H20" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="I20" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="J20" t="s">
-        <v>22</v>
+        <v>178</v>
       </c>
       <c r="K20" t="s">
-        <v>83</v>
+        <v>179</v>
       </c>
       <c r="L20" t="s">
-        <v>84</v>
+        <v>180</v>
       </c>
       <c r="M20" t="s">
-        <v>76</v>
+        <v>93</v>
       </c>
       <c r="N20" t="s">
         <v>22</v>
       </c>
       <c r="O20" t="s">
         <v>22</v>
       </c>
       <c r="P20" t="s">
         <v>32</v>
       </c>
       <c r="Q20" t="s">
         <v>33</v>
       </c>
       <c r="R20" t="s">
         <v>32</v>
       </c>
       <c r="S20" t="s">
-        <v>177</v>
+        <v>181</v>
       </c>
       <c r="T20" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>20</v>
+      </c>
+      <c r="B21" t="s">
+        <v>182</v>
+      </c>
+      <c r="C21" t="s">
+        <v>22</v>
+      </c>
+      <c r="D21" t="s">
+        <v>22</v>
+      </c>
+      <c r="E21" t="s">
+        <v>23</v>
+      </c>
+      <c r="F21" t="s">
+        <v>22</v>
+      </c>
+      <c r="G21" t="s">
+        <v>183</v>
+      </c>
+      <c r="H21" t="s">
+        <v>184</v>
+      </c>
+      <c r="I21" t="s">
+        <v>39</v>
+      </c>
+      <c r="J21" t="s">
+        <v>22</v>
+      </c>
+      <c r="K21" t="s">
+        <v>83</v>
+      </c>
+      <c r="L21" t="s">
+        <v>84</v>
+      </c>
+      <c r="M21" t="s">
+        <v>76</v>
+      </c>
+      <c r="N21" t="s">
+        <v>22</v>
+      </c>
+      <c r="O21" t="s">
+        <v>22</v>
+      </c>
+      <c r="P21" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q21" t="s">
+        <v>33</v>
+      </c>
+      <c r="R21" t="s">
+        <v>32</v>
+      </c>
+      <c r="S21" t="s">
+        <v>185</v>
+      </c>
+      <c r="T21" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>