--- v0 (2025-12-13)
+++ v1 (2026-02-01)
@@ -74,60 +74,60 @@
   <si>
     <t>Téléphone</t>
   </si>
   <si>
     <t>Site internet</t>
   </si>
   <si>
     <t>Type d'établissement</t>
   </si>
   <si>
     <t>Activités</t>
   </si>
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
-    <t>CLINIQUE SAINT CLEMENT</t>
+    <t>HDJ AMBU CESPA CLINIQUE SAINT CLEMENT</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>18/06/2025 14:50:55</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/7700_FicheEtablissement/fr/cl-st-clement</t>
+    <t>https://www.has-sante.fr/jcms/7700_FicheEtablissement/fr/hdj-ambu-cespa-cl-st-clement</t>
   </si>
   <si>
     <t>7700_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>115 Avenue St Sauveur Du Pin</t>
   </si>
   <si>
     <t>34980 ST CLEMENT DE RIVIERE</t>
   </si>
   <si>
     <t>ST CLEMENT DE RIVIERE</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>0467147676</t>
   </si>
   <si>
     <t>Privé</t>
   </si>