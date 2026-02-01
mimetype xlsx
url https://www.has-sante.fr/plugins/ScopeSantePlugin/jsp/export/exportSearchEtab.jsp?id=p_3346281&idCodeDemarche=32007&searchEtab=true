--- v0 (2025-12-17)
+++ v1 (2026-02-01)
@@ -80,87 +80,87 @@
   <si>
     <t>Type d'établissement</t>
   </si>
   <si>
     <t>Activités</t>
   </si>
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
     <t>CLINIQUE LA LAURANNE</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>24/01/2025 16:08:28</t>
+    <t>17/12/2025 09:11:02</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/418_FicheEtablissement/fr/clinique-la-lauranne</t>
   </si>
   <si>
     <t>418_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>1059 Chemin De Saint Hilaire Zac</t>
   </si>
   <si>
     <t>13320 BOUC BEL AIR</t>
   </si>
   <si>
     <t>BOUC BEL AIR</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>0442229797</t>
   </si>
   <si>
     <t>Privé</t>
   </si>
   <si>
     <t>Psychiatrie</t>
   </si>
   <si>
     <t>130798002</t>
   </si>
   <si>
-    <t>Établissements certifiés sous conditions</t>
+    <t>Établissements certifiés</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">