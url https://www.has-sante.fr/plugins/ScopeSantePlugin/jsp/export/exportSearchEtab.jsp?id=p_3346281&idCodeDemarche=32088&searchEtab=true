--- v0 (2025-12-28)
+++ v1 (2025-12-28)
@@ -1,1162 +1,1162 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Healthcare organisation" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Etablissement de santé" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Healthcare organisation'!$B$1:$T$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1120" uniqueCount="371">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Healthcare organisation size</t>
-[...2 lines deleted...]
-    <t>Adress</t>
+    <t>Taille établissement</t>
+  </si>
+  <si>
+    <t>Adresse</t>
   </si>
   <si>
     <t>Etablissement.libelle.adresse2</t>
   </si>
   <si>
-    <t>City</t>
-[...20 lines deleted...]
-    <t>Geographical finess</t>
+    <t>Commune</t>
+  </si>
+  <si>
+    <t>Département</t>
+  </si>
+  <si>
+    <t>Téléphone</t>
+  </si>
+  <si>
+    <t>Site internet</t>
+  </si>
+  <si>
+    <t>Type d'établissement</t>
+  </si>
+  <si>
+    <t>Activités</t>
+  </si>
+  <si>
+    <t>Statut juridique</t>
+  </si>
+  <si>
+    <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
     <t>SANTELYS HAD ROUBAIX ET ENVIRONS</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>05/21/2025 08:58:32</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/1942_FicheEtablissement/en/santelys-had-roubaix-et-environs</t>
+    <t>21/05/2025 08:58:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1942_FicheEtablissement/fr/santelys-had-roubaix-et-environs</t>
   </si>
   <si>
     <t>1942_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>256 Rue Du Flocon</t>
   </si>
   <si>
     <t>59200 TOURCOING</t>
   </si>
   <si>
     <t>TOURCOING</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>03 62 28 80 00</t>
   </si>
   <si>
     <t>Privé à but non lucratif</t>
   </si>
   <si>
     <t>Médecine</t>
   </si>
   <si>
     <t>590046124</t>
   </si>
   <si>
     <t>Établissements certifiés avec mention</t>
   </si>
   <si>
     <t>SANTELYS HAD LILLE METROPOLE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/2010_FicheEtablissement/en/santelys-had-lille-metropole</t>
+    <t>https://www.has-sante.fr/jcms/2010_FicheEtablissement/fr/santelys-had-lille-metropole</t>
   </si>
   <si>
     <t>2010_FicheEtablissement</t>
   </si>
   <si>
     <t>351 Rue Ambroise Pare</t>
   </si>
   <si>
     <t>59120 LOOS</t>
   </si>
   <si>
     <t>LOOS</t>
   </si>
   <si>
     <t>0362288000</t>
   </si>
   <si>
     <t>590812509</t>
   </si>
   <si>
     <t>SANTELYS HAD DU BÉTHUNOIS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/2110_FicheEtablissement/en/santelys-had-du-bethunois</t>
+    <t>https://www.has-sante.fr/jcms/2110_FicheEtablissement/fr/santelys-had-du-bethunois</t>
   </si>
   <si>
     <t>2110_FicheEtablissement</t>
   </si>
   <si>
     <t>62660 BEUVRY</t>
   </si>
   <si>
     <t>BEUVRY</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>620003889</t>
   </si>
   <si>
     <t>SANTELYS HAD ARTOIS ET TERNOIS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/2114_FicheEtablissement/en/santelys-had-artois-et-ternois</t>
+    <t>https://www.has-sante.fr/jcms/2114_FicheEtablissement/fr/santelys-had-artois-et-ternois</t>
   </si>
   <si>
     <t>2114_FicheEtablissement</t>
   </si>
   <si>
     <t>48 Avenue Winston Churchill</t>
   </si>
   <si>
     <t>62000 ARRAS</t>
   </si>
   <si>
     <t>ARRAS</t>
   </si>
   <si>
     <t>620010389</t>
   </si>
   <si>
     <t>UNITE DE DIALYSE DE CHAUNY</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3550_FicheEtablissement/en/unite-de-dialyse-de-chauny</t>
+    <t>https://www.has-sante.fr/jcms/3550_FicheEtablissement/fr/unite-de-dialyse-de-chauny</t>
   </si>
   <si>
     <t>3550_FicheEtablissement</t>
   </si>
   <si>
     <t>45 Rue Pasteur</t>
   </si>
   <si>
     <t>02300 CHAUNY</t>
   </si>
   <si>
     <t>CHAUNY</t>
   </si>
   <si>
     <t>02</t>
   </si>
   <si>
     <t>Néphrologie</t>
   </si>
   <si>
     <t>020001772</t>
   </si>
   <si>
     <t>UNITE DE DIALYSE DE LAON</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3551_FicheEtablissement/en/unite-de-dialyse-de-laon</t>
+    <t>https://www.has-sante.fr/jcms/3551_FicheEtablissement/fr/unite-de-dialyse-de-laon</t>
   </si>
   <si>
     <t>3551_FicheEtablissement</t>
   </si>
   <si>
     <t>46 Rue Du 13 Octobre 1918</t>
   </si>
   <si>
     <t>02000 LAON</t>
   </si>
   <si>
     <t>LAON</t>
   </si>
   <si>
     <t>020001913</t>
   </si>
   <si>
     <t>UNITE DIALYSE DE COURMELLES</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3552_FicheEtablissement/en/unite-dialyse-de-courmelles</t>
+    <t>https://www.has-sante.fr/jcms/3552_FicheEtablissement/fr/unite-dialyse-de-courmelles</t>
   </si>
   <si>
     <t>3552_FicheEtablissement</t>
   </si>
   <si>
     <t>petit</t>
   </si>
   <si>
     <t>58 Place St Georges</t>
   </si>
   <si>
     <t>02200 COURMELLES</t>
   </si>
   <si>
     <t>COURMELLES</t>
   </si>
   <si>
     <t>020006441</t>
   </si>
   <si>
     <t>UNITE DE DIALYSE DE SAINT-QUENTIN</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3553_FicheEtablissement/en/unite-de-dialyse-de-saint-quentin</t>
+    <t>https://www.has-sante.fr/jcms/3553_FicheEtablissement/fr/unite-de-dialyse-de-saint-quentin</t>
   </si>
   <si>
     <t>3553_FicheEtablissement</t>
   </si>
   <si>
     <t>263 Rue De Fayet</t>
   </si>
   <si>
     <t>02100 ST QUENTIN</t>
   </si>
   <si>
     <t>ST QUENTIN</t>
   </si>
   <si>
     <t>020012860</t>
   </si>
   <si>
     <t>UNITE DE DIALYSE DE GUISE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3554_FicheEtablissement/en/unite-de-dialyse-de-guise</t>
+    <t>https://www.has-sante.fr/jcms/3554_FicheEtablissement/fr/unite-de-dialyse-de-guise</t>
   </si>
   <si>
     <t>3554_FicheEtablissement</t>
   </si>
   <si>
     <t>934 Rue Des Docteurs Devillers</t>
   </si>
   <si>
     <t>02120 GUISE</t>
   </si>
   <si>
     <t>GUISE</t>
   </si>
   <si>
     <t>020016242</t>
   </si>
   <si>
     <t>UNITE DE DIALYSE DE CAUDRY</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3859_FicheEtablissement/en/unite-de-dialyse-de-caudry</t>
+    <t>https://www.has-sante.fr/jcms/3859_FicheEtablissement/fr/unite-de-dialyse-de-caudry</t>
   </si>
   <si>
     <t>3859_FicheEtablissement</t>
   </si>
   <si>
     <t>59540 CAUDRY</t>
   </si>
   <si>
     <t>CAUDRY</t>
   </si>
   <si>
     <t>590015418</t>
   </si>
   <si>
     <t>UNITE DE DIALYSE DE COUDEKERQUE BRANCHE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3860_FicheEtablissement/en/unite-dialyse-de-coudekerque-branche</t>
+    <t>https://www.has-sante.fr/jcms/3860_FicheEtablissement/fr/unite-dialyse-de-coudekerque-branche</t>
   </si>
   <si>
     <t>3860_FicheEtablissement</t>
   </si>
   <si>
     <t>6 Avenue Des Deux Steendam</t>
   </si>
   <si>
     <t>59210 COUDEKERQUE BRANCHE</t>
   </si>
   <si>
     <t>COUDEKERQUE BRANCHE</t>
   </si>
   <si>
     <t>590023438</t>
   </si>
   <si>
     <t>UNITE DE DIALYSE DE ROUBAIX GRAND RUE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3861_FicheEtablissement/en/unite-de-dialyse-de-roubaix-grand-rue</t>
+    <t>https://www.has-sante.fr/jcms/3861_FicheEtablissement/fr/unite-de-dialyse-de-roubaix-grand-rue</t>
   </si>
   <si>
     <t>3861_FicheEtablissement</t>
   </si>
   <si>
     <t>59100 ROUBAIX</t>
   </si>
   <si>
     <t>ROUBAIX</t>
   </si>
   <si>
     <t>590024618</t>
   </si>
   <si>
     <t>UNITE DE DIALYSE DE ROUBAIX DELORY</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3862_FicheEtablissement/en/unite-de-dialyse-de-roubaix-delory</t>
+    <t>https://www.has-sante.fr/jcms/3862_FicheEtablissement/fr/unite-de-dialyse-de-roubaix-delory</t>
   </si>
   <si>
     <t>3862_FicheEtablissement</t>
   </si>
   <si>
     <t>25 Avenue Gustave Delory</t>
   </si>
   <si>
     <t>59052 ROUBAIX CEDEX 1</t>
   </si>
   <si>
     <t>ROUBAIX CEDEX 1</t>
   </si>
   <si>
     <t>590024659</t>
   </si>
   <si>
     <t>SANTELYS UNITE DE DIALYSE DE LOOS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3863_FicheEtablissement/en/unite-de-dialyse-de-loos</t>
+    <t>https://www.has-sante.fr/jcms/3863_FicheEtablissement/fr/unite-de-dialyse-de-loos</t>
   </si>
   <si>
     <t>3863_FicheEtablissement</t>
   </si>
   <si>
     <t>590031738</t>
   </si>
   <si>
     <t>UNITE DE DIALYSE DE FACHES-THUMESNIL</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3865_FicheEtablissement/en/unite-de-dialyse-de-faches-thumesnil</t>
+    <t>https://www.has-sante.fr/jcms/3865_FicheEtablissement/fr/unite-de-dialyse-de-faches-thumesnil</t>
   </si>
   <si>
     <t>3865_FicheEtablissement</t>
   </si>
   <si>
     <t>128 Avenue De Dunkerque</t>
   </si>
   <si>
     <t>59155 FACHES THUMESNIL</t>
   </si>
   <si>
     <t>FACHES THUMESNIL</t>
   </si>
   <si>
     <t>590035200</t>
   </si>
   <si>
     <t>SANTELYS UNITE DE DIALYSE DE LAMBERSART</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3866_FicheEtablissement/en/santelys-unite-de-dialyse-lambersart</t>
+    <t>https://www.has-sante.fr/jcms/3866_FicheEtablissement/fr/santelys-unite-de-dialyse-lambersart</t>
   </si>
   <si>
     <t>3866_FicheEtablissement</t>
   </si>
   <si>
     <t>48 Rue De La Carnoy</t>
   </si>
   <si>
     <t>59130 LAMBERSART</t>
   </si>
   <si>
     <t>LAMBERSART</t>
   </si>
   <si>
     <t>0320220340</t>
   </si>
   <si>
     <t>590035390</t>
   </si>
   <si>
     <t>UNITE DE DIALYSE D'IWUY</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3867_FicheEtablissement/en/unite-de-dialyse-d-iwuy</t>
+    <t>https://www.has-sante.fr/jcms/3867_FicheEtablissement/fr/unite-de-dialyse-d-iwuy</t>
   </si>
   <si>
     <t>3867_FicheEtablissement</t>
   </si>
   <si>
     <t>59141 IWUY</t>
   </si>
   <si>
     <t>IWUY</t>
   </si>
   <si>
     <t>590040317</t>
   </si>
   <si>
     <t>UNITE DE DIALYSE DE LA BASSEE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3868_FicheEtablissement/en/unite-de-dialyse-de-la-bassee</t>
+    <t>https://www.has-sante.fr/jcms/3868_FicheEtablissement/fr/unite-de-dialyse-de-la-bassee</t>
   </si>
   <si>
     <t>3868_FicheEtablissement</t>
   </si>
   <si>
     <t>2 Rue Des Casernes</t>
   </si>
   <si>
     <t>59480 LA BASSEE</t>
   </si>
   <si>
     <t>LA BASSEE</t>
   </si>
   <si>
     <t>590040325</t>
   </si>
   <si>
     <t>UNITE DE DIALYSE DE LILLE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3870_FicheEtablissement/en/unite-de-dialyse-de-lille</t>
+    <t>https://www.has-sante.fr/jcms/3870_FicheEtablissement/fr/unite-de-dialyse-de-lille</t>
   </si>
   <si>
     <t>3870_FicheEtablissement</t>
   </si>
   <si>
     <t>20 Rue Du Ballon</t>
   </si>
   <si>
     <t>59000 LILLE</t>
   </si>
   <si>
     <t>LILLE</t>
   </si>
   <si>
     <t>0662288000</t>
   </si>
   <si>
     <t>590044640</t>
   </si>
   <si>
     <t>UNITE DE DIALYSE DE TOURCOING</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3871_FicheEtablissement/en/unite-de-dialyse-de-tourcoing</t>
+    <t>https://www.has-sante.fr/jcms/3871_FicheEtablissement/fr/unite-de-dialyse-de-tourcoing</t>
   </si>
   <si>
     <t>3871_FicheEtablissement</t>
   </si>
   <si>
     <t>590045514</t>
   </si>
   <si>
     <t>UNITE DE DIALYSE DE MÉRIGNIES</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3872_FicheEtablissement/en/unite-de-dialyse-de-merignies</t>
+    <t>https://www.has-sante.fr/jcms/3872_FicheEtablissement/fr/unite-de-dialyse-de-merignies</t>
   </si>
   <si>
     <t>3872_FicheEtablissement</t>
   </si>
   <si>
     <t>140 Avenue Du Golf</t>
   </si>
   <si>
     <t>59710 MERIGNIES</t>
   </si>
   <si>
     <t>MERIGNIES</t>
   </si>
   <si>
     <t>590045951</t>
   </si>
   <si>
     <t>UNITE D'AUTODIALYSE D'HAZEBROUCK</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3874_FicheEtablissement/en/unite-d-autodialyse-d-hazebrouck</t>
+    <t>https://www.has-sante.fr/jcms/3874_FicheEtablissement/fr/unite-d-autodialyse-d-hazebrouck</t>
   </si>
   <si>
     <t>3874_FicheEtablissement</t>
   </si>
   <si>
     <t>59190 HAZEBROUCK</t>
   </si>
   <si>
     <t>HAZEBROUCK</t>
   </si>
   <si>
     <t>590046744</t>
   </si>
   <si>
     <t>UNITE DE DIALYSE DE DOURLERS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3875_FicheEtablissement/en/unite-dialyse-de-dourlers</t>
+    <t>https://www.has-sante.fr/jcms/3875_FicheEtablissement/fr/unite-dialyse-de-dourlers</t>
   </si>
   <si>
     <t>3875_FicheEtablissement</t>
   </si>
   <si>
     <t>59440 DOURLERS</t>
   </si>
   <si>
     <t>DOURLERS</t>
   </si>
   <si>
     <t>590046751</t>
   </si>
   <si>
     <t>UNITE DE DIALYSE DE HOUPLINES</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3876_FicheEtablissement/en/unite-de-dialyse-de-houplines</t>
+    <t>https://www.has-sante.fr/jcms/3876_FicheEtablissement/fr/unite-de-dialyse-de-houplines</t>
   </si>
   <si>
     <t>3876_FicheEtablissement</t>
   </si>
   <si>
     <t>2 Rue Massenet</t>
   </si>
   <si>
     <t>59116 HOUPLINES</t>
   </si>
   <si>
     <t>HOUPLINES</t>
   </si>
   <si>
     <t>590046769</t>
   </si>
   <si>
     <t>UNITE D'AUTODIALYSE DE FLERS EN ESCREBIEUX</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3877_FicheEtablissement/en/unite-d-autodialyse-de-flers</t>
+    <t>https://www.has-sante.fr/jcms/3877_FicheEtablissement/fr/unite-d-autodialyse-de-flers</t>
   </si>
   <si>
     <t>3877_FicheEtablissement</t>
   </si>
   <si>
     <t>59128 FLERS EN ESCREBIEUX</t>
   </si>
   <si>
     <t>FLERS EN ESCREBIEUX</t>
   </si>
   <si>
     <t>590047361</t>
   </si>
   <si>
     <t>UNITE DE DIALYSE DE GRAVELINES</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3878_FicheEtablissement/en/unite-de-dialyse-de-gravelines</t>
+    <t>https://www.has-sante.fr/jcms/3878_FicheEtablissement/fr/unite-de-dialyse-de-gravelines</t>
   </si>
   <si>
     <t>3878_FicheEtablissement</t>
   </si>
   <si>
     <t>59820 GRAVELINES</t>
   </si>
   <si>
     <t>GRAVELINES</t>
   </si>
   <si>
     <t>590047866</t>
   </si>
   <si>
     <t>UNITÉ DE DIALYSE MÉDICALISÉE PROVILLE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3879_FicheEtablissement/en/unite-de-dialyse-medicalisee-proville</t>
+    <t>https://www.has-sante.fr/jcms/3879_FicheEtablissement/fr/unite-de-dialyse-medicalisee-proville</t>
   </si>
   <si>
     <t>3879_FicheEtablissement</t>
   </si>
   <si>
     <t>110 Route De Paris</t>
   </si>
   <si>
     <t>59267 PROVILLE</t>
   </si>
   <si>
     <t>PROVILLE</t>
   </si>
   <si>
     <t>590047874</t>
   </si>
   <si>
     <t>DIALYSE A DOMICILE DE LOOS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3882_FicheEtablissement/en/dialyse-a-domicile-de-loos</t>
+    <t>https://www.has-sante.fr/jcms/3882_FicheEtablissement/fr/dialyse-a-domicile-de-loos</t>
   </si>
   <si>
     <t>3882_FicheEtablissement</t>
   </si>
   <si>
     <t>590784914</t>
   </si>
   <si>
     <t>UNITE DE DIALYSE DE MONS EN BAROEUL</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3887_FicheEtablissement/en/unite-de-dialyse-de-mons-en-baroeul</t>
+    <t>https://www.has-sante.fr/jcms/3887_FicheEtablissement/fr/unite-de-dialyse-de-mons-en-baroeul</t>
   </si>
   <si>
     <t>3887_FicheEtablissement</t>
   </si>
   <si>
     <t>36 Rue Parmentier</t>
   </si>
   <si>
     <t>59370 MONS EN BAROEUL</t>
   </si>
   <si>
     <t>MONS EN BAROEUL</t>
   </si>
   <si>
     <t>590813341</t>
   </si>
   <si>
     <t>UNITÉ DE DIALYSE DE SENLIS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3890_FicheEtablissement/en/unite-de-dialyse-de-senlis</t>
+    <t>https://www.has-sante.fr/jcms/3890_FicheEtablissement/fr/unite-de-dialyse-de-senlis</t>
   </si>
   <si>
     <t>3890_FicheEtablissement</t>
   </si>
   <si>
     <t>14 Avenue Paul Rougé</t>
   </si>
   <si>
     <t>60300 SENLIS</t>
   </si>
   <si>
     <t>SENLIS</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>600002067</t>
   </si>
   <si>
     <t>UNITÉ DE DIALYSE DE FLEURINES</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3891_FicheEtablissement/en/unite-de-dialyse-de-fleurines</t>
+    <t>https://www.has-sante.fr/jcms/3891_FicheEtablissement/fr/unite-de-dialyse-de-fleurines</t>
   </si>
   <si>
     <t>3891_FicheEtablissement</t>
   </si>
   <si>
     <t>60700 FLEURINES</t>
   </si>
   <si>
     <t>FLEURINES</t>
   </si>
   <si>
     <t>600008734</t>
   </si>
   <si>
     <t>UNITE DE DIALYSE DE BEAUVAIS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3892_FicheEtablissement/en/unite-de-dialyse-de-beauvais</t>
+    <t>https://www.has-sante.fr/jcms/3892_FicheEtablissement/fr/unite-de-dialyse-de-beauvais</t>
   </si>
   <si>
     <t>3892_FicheEtablissement</t>
   </si>
   <si>
     <t>26 Avenue Léon Blum</t>
   </si>
   <si>
     <t>60000 BEAUVAIS</t>
   </si>
   <si>
     <t>BEAUVAIS</t>
   </si>
   <si>
     <t>600109748</t>
   </si>
   <si>
     <t>UNITE DE DIALYSE DE COQUELLES</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3898_FicheEtablissement/en/unite-de-dialyse-de-coquelles</t>
+    <t>https://www.has-sante.fr/jcms/3898_FicheEtablissement/fr/unite-de-dialyse-de-coquelles</t>
   </si>
   <si>
     <t>3898_FicheEtablissement</t>
   </si>
   <si>
     <t>390 Boulevard Du Parc</t>
   </si>
   <si>
     <t>62231 COQUELLES</t>
   </si>
   <si>
     <t>COQUELLES</t>
   </si>
   <si>
     <t>620010058</t>
   </si>
   <si>
     <t>UNITE DE DIALYSE DE BERCK</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3899_FicheEtablissement/en/unite-de-dialyse-de-berck</t>
+    <t>https://www.has-sante.fr/jcms/3899_FicheEtablissement/fr/unite-de-dialyse-de-berck</t>
   </si>
   <si>
     <t>3899_FicheEtablissement</t>
   </si>
   <si>
     <t>62600 BERCK</t>
   </si>
   <si>
     <t>BERCK</t>
   </si>
   <si>
     <t>620011338</t>
   </si>
   <si>
     <t>UNITE D'AUTODIALYSE DE SAINT-LEONARD</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3904_FicheEtablissement/en/unite-de-dialyse-de-saint-leonard</t>
+    <t>https://www.has-sante.fr/jcms/3904_FicheEtablissement/fr/unite-de-dialyse-de-saint-leonard</t>
   </si>
   <si>
     <t>3904_FicheEtablissement</t>
   </si>
   <si>
     <t>7 Rue Bertrand Crouy</t>
   </si>
   <si>
     <t>62360 ST LEONARD</t>
   </si>
   <si>
     <t>ST LEONARD</t>
   </si>
   <si>
     <t>0362288800</t>
   </si>
   <si>
     <t>620026997</t>
   </si>
   <si>
     <t>UNITE DE DIALYSE DE CORBIE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/4021_FicheEtablissement/en/unite-de-dialyse-de-corbie</t>
+    <t>https://www.has-sante.fr/jcms/4021_FicheEtablissement/fr/unite-de-dialyse-de-corbie</t>
   </si>
   <si>
     <t>4021_FicheEtablissement</t>
   </si>
   <si>
     <t>6 Rue Sadi Carnot</t>
   </si>
   <si>
     <t>80800 CORBIE</t>
   </si>
   <si>
     <t>CORBIE</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>800010159</t>
   </si>
   <si>
     <t>UNITE DE DIALYSE D'AMIENS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/4022_FicheEtablissement/en/unite-de-dialyse-d-amiens</t>
+    <t>https://www.has-sante.fr/jcms/4022_FicheEtablissement/fr/unite-de-dialyse-d-amiens</t>
   </si>
   <si>
     <t>4022_FicheEtablissement</t>
   </si>
   <si>
     <t>73 Avenue D'Italie</t>
   </si>
   <si>
     <t>80094 AMIENS CEDEX 3</t>
   </si>
   <si>
     <t>AMIENS CEDEX 3</t>
   </si>
   <si>
     <t>800010324</t>
   </si>
   <si>
     <t>UAD ET UDM DE CHATEAU-THIERRY</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/4190_FicheEtablissement/en/unite-de-dialyse-de-chateau-thierry</t>
+    <t>https://www.has-sante.fr/jcms/4190_FicheEtablissement/fr/unite-de-dialyse-de-chateau-thierry</t>
   </si>
   <si>
     <t>4190_FicheEtablissement</t>
   </si>
   <si>
     <t>02400 CHATEAU THIERRY</t>
   </si>
   <si>
     <t>CHATEAU THIERRY</t>
   </si>
   <si>
     <t>020017075</t>
   </si>
   <si>
     <t>UNITE DE DIALYSE DE TOURCOING DRON</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/5847_FicheEtablissement/en/unite-de-dialyse-de-tourcoing-dron</t>
+    <t>https://www.has-sante.fr/jcms/5847_FicheEtablissement/fr/unite-de-dialyse-de-tourcoing-dron</t>
   </si>
   <si>
     <t>5847_FicheEtablissement</t>
   </si>
   <si>
     <t>0320288421</t>
   </si>
   <si>
     <t>590060596</t>
   </si>
   <si>
     <t>UNITÉ D'AUTODIALYSE ASSISTÉE DU SITE DE VERVINS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/7669_FicheEtablissement/en/santelys-unite-de-dialyse-de-vervins</t>
+    <t>https://www.has-sante.fr/jcms/7669_FicheEtablissement/fr/santelys-unite-de-dialyse-de-vervins</t>
   </si>
   <si>
     <t>7669_FicheEtablissement</t>
   </si>
   <si>
     <t>25 Rue D'Hirson</t>
   </si>
   <si>
     <t>02140 VERVINS</t>
   </si>
   <si>
     <t>VERVINS</t>
   </si>
   <si>
     <t>020018545</t>
   </si>
   <si>
     <t>UNITÉ D'AUTODIALYSE ASSISTÉE  SITE DE DOULLENS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/7684_FicheEtablissement/en/santelys-unite-de-dialyse-de-doullens</t>
+    <t>https://www.has-sante.fr/jcms/7684_FicheEtablissement/fr/santelys-unite-de-dialyse-de-doullens</t>
   </si>
   <si>
     <t>7684_FicheEtablissement</t>
   </si>
   <si>
     <t>1 Rue Du Bois De Sapin</t>
   </si>
   <si>
     <t>80600 DOULLENS</t>
   </si>
   <si>
     <t>DOULLENS</t>
   </si>
   <si>
     <t>800021164</t>
   </si>
   <si>
     <t>UNITÉ D'AUTODIALYSE ASSISTÉE DU SITE DE PÉRONNE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/7685_FicheEtablissement/en/santelys-unite-de-dialyse-de-peronne</t>
+    <t>https://www.has-sante.fr/jcms/7685_FicheEtablissement/fr/santelys-unite-de-dialyse-de-peronne</t>
   </si>
   <si>
     <t>7685_FicheEtablissement</t>
   </si>
   <si>
     <t>1 Rue Berlioz</t>
   </si>
   <si>
     <t>80200 PERONNE</t>
   </si>
   <si>
     <t>PERONNE</t>
   </si>
   <si>
     <t>800021172</t>
   </si>
   <si>
     <t>SANTELYS SITE CH ST QUENTIN</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/7705_FicheEtablissement/en/santelys-dialyse-a-dom-ch-st-quentin</t>
+    <t>https://www.has-sante.fr/jcms/7705_FicheEtablissement/fr/santelys-dialyse-a-dom-ch-st-quentin</t>
   </si>
   <si>
     <t>7705_FicheEtablissement</t>
   </si>
   <si>
     <t>020017448</t>
   </si>
   <si>
     <t>UNITE DE DIALYSE D'HERLIES</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/7717_FicheEtablissement/en/unite-de-dialyse-d-herlies</t>
+    <t>https://www.has-sante.fr/jcms/7717_FicheEtablissement/fr/unite-de-dialyse-d-herlies</t>
   </si>
   <si>
     <t>7717_FicheEtablissement</t>
   </si>
   <si>
     <t>3 Allée Du Blanc Ballot</t>
   </si>
   <si>
     <t>59134 HERLIES</t>
   </si>
   <si>
     <t>HERLIES</t>
   </si>
   <si>
     <t>590064184</t>
   </si>
   <si>
     <t>SANTELYS SITE CH DUNKERQUE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/7718_FicheEtablissement/en/santelys-dialyse-a-domicile-ch-dunkerq</t>
+    <t>https://www.has-sante.fr/jcms/7718_FicheEtablissement/fr/santelys-dialyse-a-domicile-ch-dunkerq</t>
   </si>
   <si>
     <t>7718_FicheEtablissement</t>
   </si>
   <si>
     <t>590065462</t>
   </si>
   <si>
     <t>SANTELYS SITE CH MAUBEUGE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/7719_FicheEtablissement/en/santelys-dialyse-a-domicile-maubeuge</t>
+    <t>https://www.has-sante.fr/jcms/7719_FicheEtablissement/fr/santelys-dialyse-a-domicile-maubeuge</t>
   </si>
   <si>
     <t>7719_FicheEtablissement</t>
   </si>
   <si>
     <t>590065470</t>
   </si>
   <si>
     <t>SANTELYS DIALYSE À DOMICILE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/7720_FicheEtablissement/en/santelys-dialyse-a-domicile-iwuy</t>
+    <t>https://www.has-sante.fr/jcms/7720_FicheEtablissement/fr/santelys-dialyse-a-domicile-iwuy</t>
   </si>
   <si>
     <t>7720_FicheEtablissement</t>
   </si>
   <si>
     <t>590065488</t>
   </si>
   <si>
     <t>UNITE D'AUTODIALYSE ASSISTEE BAILLEUL</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/7721_FicheEtablissement/en/unite-d-autodialyse-assistee-bailleul</t>
+    <t>https://www.has-sante.fr/jcms/7721_FicheEtablissement/fr/unite-d-autodialyse-assistee-bailleul</t>
   </si>
   <si>
     <t>7721_FicheEtablissement</t>
   </si>
   <si>
     <t>23 Rue Arnould Straete</t>
   </si>
   <si>
     <t>59270 BAILLEUL</t>
   </si>
   <si>
     <t>BAILLEUL</t>
   </si>
   <si>
     <t>590065744</t>
   </si>
   <si>
     <t>SANTELYS ASSOCIATION SITE DE CREIL</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/7722_FicheEtablissement/en/santelys-dialyse-a-domicile-creil</t>
+    <t>https://www.has-sante.fr/jcms/7722_FicheEtablissement/fr/santelys-dialyse-a-domicile-creil</t>
   </si>
   <si>
     <t>7722_FicheEtablissement</t>
   </si>
   <si>
     <t>14 Avenue Paul Rouge</t>
   </si>
   <si>
     <t>600014419</t>
   </si>
   <si>
     <t>SANTELYS SITE CH BEAUVAIS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/7723_FicheEtablissement/en/santelys-dialyse-a-domicile-beauvais</t>
+    <t>https://www.has-sante.fr/jcms/7723_FicheEtablissement/fr/santelys-dialyse-a-domicile-beauvais</t>
   </si>
   <si>
     <t>7723_FicheEtablissement</t>
   </si>
   <si>
     <t>600015820</t>
   </si>
   <si>
     <t>SANTELYS - SITE CH BOULOGNE SUR MER</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/7724_FicheEtablissement/en/santelys-dialyse-a-domicile-boulogne/m</t>
+    <t>https://www.has-sante.fr/jcms/7724_FicheEtablissement/fr/santelys-dialyse-a-domicile-boulogne/m</t>
   </si>
   <si>
     <t>7724_FicheEtablissement</t>
   </si>
   <si>
     <t>620033795</t>
   </si>
   <si>
     <t>SANTELYS SITE CLINIQUE STE ISABELLE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/7728_FicheEtablissement/en/santelys-dialyse-a-domicile-corbie</t>
+    <t>https://www.has-sante.fr/jcms/7728_FicheEtablissement/fr/santelys-dialyse-a-domicile-corbie</t>
   </si>
   <si>
     <t>7728_FicheEtablissement</t>
   </si>
   <si>
     <t>800020281</t>
   </si>
   <si>
     <t>SANTELYS SITE CHU AMIENS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/7729_FicheEtablissement/en/santelys-dialyse-a-domicile-amiens</t>
+    <t>https://www.has-sante.fr/jcms/7729_FicheEtablissement/fr/santelys-dialyse-a-domicile-amiens</t>
   </si>
   <si>
     <t>7729_FicheEtablissement</t>
   </si>
   <si>
     <t>800020299</t>
   </si>
   <si>
     <t>SANTELYS SITE CH LAON</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/7730_FicheEtablissement/en/santelys-dialyse-a-domicile-ch-laon</t>
+    <t>https://www.has-sante.fr/jcms/7730_FicheEtablissement/fr/santelys-dialyse-a-domicile-ch-laon</t>
   </si>
   <si>
     <t>7730_FicheEtablissement</t>
   </si>
   <si>
     <t>020017455</t>
   </si>
   <si>
     <t>SANTELYS SITE CH SOISSONS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/7731_FicheEtablissement/en/santelys-dialyse-a-domicile-ch-soisson</t>
+    <t>https://www.has-sante.fr/jcms/7731_FicheEtablissement/fr/santelys-dialyse-a-domicile-ch-soisson</t>
   </si>
   <si>
     <t>7731_FicheEtablissement</t>
   </si>
   <si>
     <t>58 Place Saint Georges</t>
   </si>
   <si>
     <t>020018453</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>