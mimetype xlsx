--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -110,51 +110,51 @@
   <si>
     <t>2959_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>355 Rue Des Fosses</t>
   </si>
   <si>
     <t>82800 NEGREPELISSE</t>
   </si>
   <si>
     <t>NEGREPELISSE</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>0563250343</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
-    <t>Soins médicaux et de réadaptation</t>
+    <t>Médecine, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>Public</t>
   </si>
   <si>
     <t>820000420</t>
   </si>
   <si>
     <t>Établissements certifiés sous conditions</t>
   </si>
   <si>
     <t>UNITE SOINS LONGUE DUREE DE CAUSSADE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/2960_FicheEtablissement/fr/usld-caussade</t>
   </si>
   <si>
     <t>2960_FicheEtablissement</t>
   </si>
   <si>
     <t>5 Rue Du Parc</t>
   </si>
   <si>
     <t>82300 CAUSSADE</t>
   </si>