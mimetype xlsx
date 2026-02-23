--- v0 (2025-10-26)
+++ v1 (2026-02-23)
@@ -89,51 +89,51 @@
   <si>
     <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
     <t>CLINIQUE SAINTE-CLOTILDE</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>18/06/2025 14:54:22</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3537_FicheEtablissement/fr/clinique-ste-clotilde</t>
   </si>
   <si>
     <t>3537_FicheEtablissement</t>
   </si>
   <si>
-    <t>moyen</t>
+    <t>grand</t>
   </si>
   <si>
     <t>127 Route Du Bois De Nefles</t>
   </si>
   <si>
     <t>97492 STE CLOTILDE</t>
   </si>
   <si>
     <t>STE CLOTILDE</t>
   </si>
   <si>
     <t>9D</t>
   </si>
   <si>
     <t>0262482020</t>
   </si>
   <si>
     <t>Privé</t>
   </si>
   <si>
     <t>Cancérologie, Chirurgie, Médecine, Obstétrique, Réanimation</t>
   </si>
   <si>
     <t>970462107</t>
   </si>