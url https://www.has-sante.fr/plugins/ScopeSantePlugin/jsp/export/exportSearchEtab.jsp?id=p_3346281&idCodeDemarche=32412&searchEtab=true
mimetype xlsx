--- v0 (2025-10-16)
+++ v1 (2026-01-28)
@@ -116,51 +116,51 @@
   <si>
     <t>881 Boulevard De La Paix</t>
   </si>
   <si>
     <t>14200 HEROUVILLE ST CLAIR</t>
   </si>
   <si>
     <t>HEROUVILLE ST CLAIR</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>0231468585</t>
   </si>
   <si>
     <t>Privé à but non lucratif</t>
   </si>
   <si>
     <t>Médecine, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>140000340</t>
   </si>
   <si>
-    <t>A</t>
+    <t>Établissements certifiés</t>
   </si>
   <si>
     <t>CLINIQUE DE LA MISERICORDE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/445_FicheEtablissement/fr/clinique-de-la-misericorde</t>
   </si>
   <si>
     <t>445_FicheEtablissement</t>
   </si>
   <si>
     <t>15 Rue Des Fosses Saint Julien</t>
   </si>
   <si>
     <t>14000 CAEN</t>
   </si>
   <si>
     <t>CAEN</t>
   </si>
   <si>
     <t>0231385050</t>
   </si>
   <si>
     <t>140002452</t>
   </si>