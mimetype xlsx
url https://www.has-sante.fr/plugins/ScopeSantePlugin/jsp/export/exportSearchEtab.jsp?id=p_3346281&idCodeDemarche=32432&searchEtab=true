--- v0 (2025-12-02)
+++ v1 (2026-01-23)
@@ -9,51 +9,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Etablissement de santé" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="120" uniqueCount="62">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="120" uniqueCount="63">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -140,50 +140,53 @@
   <si>
     <t>160000261</t>
   </si>
   <si>
     <t>Établissements certifiés</t>
   </si>
   <si>
     <t>CH DE CHATEAUNEUF</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/495_FicheEtablissement/fr/ch-de-chateauneuf</t>
   </si>
   <si>
     <t>495_FicheEtablissement</t>
   </si>
   <si>
     <t>16120 CHATEAUNEUF SUR CHARENTE</t>
   </si>
   <si>
     <t>CHATEAUNEUF SUR CHARENTE</t>
   </si>
   <si>
     <t>0545708370</t>
   </si>
   <si>
+    <t>Médecine, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
     <t>160000360</t>
   </si>
   <si>
     <t>USLD DU CH CHATEAUNEUF</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/498_FicheEtablissement/fr/usld-du-ch-chateauneuf</t>
   </si>
   <si>
     <t>498_FicheEtablissement</t>
   </si>
   <si>
     <t>petit</t>
   </si>
   <si>
     <t>Soins de longue durée</t>
   </si>
   <si>
     <t>160006375</t>
   </si>
   <si>
     <t>E.H.P.A.D. SANITAIRE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/501_FicheEtablissement/fr/ch-cognac-usld-ctre-gerontol</t>
@@ -191,51 +194,51 @@
   <si>
     <t>501_FicheEtablissement</t>
   </si>
   <si>
     <t>16108 COGNAC</t>
   </si>
   <si>
     <t>0545801630</t>
   </si>
   <si>
     <t>160006409</t>
   </si>
   <si>
     <t>HOPITAUX DU GRAND COGNAC</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/507_FicheEtablissement/fr/hopitaux-du-grand-cognac</t>
   </si>
   <si>
     <t>507_FicheEtablissement</t>
   </si>
   <si>
     <t>65 Avenue D Angouleme</t>
   </si>
   <si>
-    <t>Cancérologie, Médecine, Obstétrique, Réanimation</t>
+    <t>Cancérologie, Imagerie Médicale, Médecine, Obstétrique, Réanimation</t>
   </si>
   <si>
     <t>160015368</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -425,241 +428,241 @@
       <c r="I3" t="s">
         <v>26</v>
       </c>
       <c r="J3" t="s">
         <v>22</v>
       </c>
       <c r="K3" t="s">
         <v>40</v>
       </c>
       <c r="L3" t="s">
         <v>41</v>
       </c>
       <c r="M3" t="s">
         <v>30</v>
       </c>
       <c r="N3" t="s">
         <v>42</v>
       </c>
       <c r="O3" t="s">
         <v>22</v>
       </c>
       <c r="P3" t="s">
         <v>32</v>
       </c>
       <c r="Q3" t="s">
-        <v>33</v>
+        <v>43</v>
       </c>
       <c r="R3" t="s">
         <v>34</v>
       </c>
       <c r="S3" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="T3" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>20</v>
       </c>
       <c r="B4" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C4" t="s">
         <v>22</v>
       </c>
       <c r="D4" t="s">
         <v>22</v>
       </c>
       <c r="E4" t="s">
         <v>23</v>
       </c>
       <c r="F4" t="s">
         <v>22</v>
       </c>
       <c r="G4" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="H4" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="I4" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="J4" t="s">
         <v>22</v>
       </c>
       <c r="K4" t="s">
         <v>40</v>
       </c>
       <c r="L4" t="s">
         <v>41</v>
       </c>
       <c r="M4" t="s">
         <v>30</v>
       </c>
       <c r="N4" t="s">
         <v>42</v>
       </c>
       <c r="O4" t="s">
         <v>22</v>
       </c>
       <c r="P4" t="s">
         <v>34</v>
       </c>
       <c r="Q4" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="R4" t="s">
         <v>34</v>
       </c>
       <c r="S4" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="T4" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>20</v>
       </c>
       <c r="B5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C5" t="s">
         <v>22</v>
       </c>
       <c r="D5" t="s">
         <v>22</v>
       </c>
       <c r="E5" t="s">
         <v>23</v>
       </c>
       <c r="F5" t="s">
         <v>22</v>
       </c>
       <c r="G5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="H5" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="I5" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="J5" t="s">
         <v>22</v>
       </c>
       <c r="K5" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="L5" t="s">
         <v>29</v>
       </c>
       <c r="M5" t="s">
         <v>30</v>
       </c>
       <c r="N5" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="O5" t="s">
         <v>22</v>
       </c>
       <c r="P5" t="s">
         <v>34</v>
       </c>
       <c r="Q5" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="R5" t="s">
         <v>34</v>
       </c>
       <c r="S5" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="T5" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>20</v>
       </c>
       <c r="B6" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C6" t="s">
         <v>22</v>
       </c>
       <c r="D6" t="s">
         <v>22</v>
       </c>
       <c r="E6" t="s">
         <v>23</v>
       </c>
       <c r="F6" t="s">
         <v>22</v>
       </c>
       <c r="G6" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="H6" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="I6" t="s">
         <v>26</v>
       </c>
       <c r="J6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="K6" t="s">
         <v>28</v>
       </c>
       <c r="L6" t="s">
         <v>29</v>
       </c>
       <c r="M6" t="s">
         <v>30</v>
       </c>
       <c r="N6" t="s">
         <v>31</v>
       </c>
       <c r="O6" t="s">
         <v>22</v>
       </c>
       <c r="P6" t="s">
         <v>32</v>
       </c>
       <c r="Q6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="R6" t="s">
         <v>34</v>
       </c>
       <c r="S6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="T6" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>