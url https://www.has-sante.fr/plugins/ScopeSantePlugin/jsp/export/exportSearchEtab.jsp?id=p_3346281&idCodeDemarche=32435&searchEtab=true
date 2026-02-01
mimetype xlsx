--- v0 (2025-12-02)
+++ v1 (2026-02-01)
@@ -9,51 +9,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Etablissement de santé" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="80" uniqueCount="52">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="60" uniqueCount="43">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -74,114 +74,87 @@
   <si>
     <t>Téléphone</t>
   </si>
   <si>
     <t>Site internet</t>
   </si>
   <si>
     <t>Type d'établissement</t>
   </si>
   <si>
     <t>Activités</t>
   </si>
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
-    <t>HIC PAYS DE RETZ - PAIMBOEUF</t>
+    <t>HIC PAYS DE RETZ - PORNIC</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>21/01/2025 10:16:12</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/1424_FicheEtablissement/fr/hic-pays-de-retz-paimboeuf</t>
-[...2 lines deleted...]
-    <t>1424_FicheEtablissement</t>
+    <t>https://www.has-sante.fr/jcms/1425_FicheEtablissement/fr/hic-pays-de-retz-pornic</t>
+  </si>
+  <si>
+    <t>1425_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
-    <t>44560 PAIMBOEUF</t>
-[...2 lines deleted...]
-    <t>PAIMBOEUF</t>
+    <t>44210 PORNIC</t>
+  </si>
+  <si>
+    <t>PORNIC</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>02 28 53 28 22</t>
+    <t>0251747878</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
-    <t>Soins médicaux et de réadaptation</t>
+    <t>Médecine, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>Public</t>
-  </si>
-[...25 lines deleted...]
-    <t>Médecine, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>440001287</t>
   </si>
   <si>
     <t>Établissements certifiés</t>
   </si>
   <si>
     <t>USLD HIC PAYS DE RETZ</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1452_FicheEtablissement/fr/usld-hic-pays-de-retz</t>
   </si>
   <si>
     <t>1452_FicheEtablissement</t>
   </si>
   <si>
     <t>22 Rue Du Marechal Foch</t>
   </si>
   <si>
     <t>0240640142</t>
   </si>
   <si>
     <t>Soins de longue durée</t>
   </si>
@@ -215,51 +188,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:T4"/>
+  <dimension ref="A1:T3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -374,138 +347,76 @@
       <c r="B3" t="s">
         <v>36</v>
       </c>
       <c r="C3" t="s">
         <v>22</v>
       </c>
       <c r="D3" t="s">
         <v>22</v>
       </c>
       <c r="E3" t="s">
         <v>23</v>
       </c>
       <c r="F3" t="s">
         <v>22</v>
       </c>
       <c r="G3" t="s">
         <v>37</v>
       </c>
       <c r="H3" t="s">
         <v>38</v>
       </c>
       <c r="I3" t="s">
         <v>26</v>
       </c>
       <c r="J3" t="s">
-        <v>22</v>
+        <v>39</v>
       </c>
       <c r="K3" t="s">
-        <v>39</v>
+        <v>27</v>
       </c>
       <c r="L3" t="s">
-        <v>40</v>
+        <v>28</v>
       </c>
       <c r="M3" t="s">
         <v>29</v>
       </c>
       <c r="N3" t="s">
+        <v>40</v>
+      </c>
+      <c r="O3" t="s">
+        <v>22</v>
+      </c>
+      <c r="P3" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q3" t="s">
         <v>41</v>
-      </c>
-[...7 lines deleted...]
-        <v>42</v>
       </c>
       <c r="R3" t="s">
         <v>33</v>
       </c>
       <c r="S3" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="T3" t="s">
-        <v>44</v>
-[...61 lines deleted...]
-        <v>44</v>
+        <v>35</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>