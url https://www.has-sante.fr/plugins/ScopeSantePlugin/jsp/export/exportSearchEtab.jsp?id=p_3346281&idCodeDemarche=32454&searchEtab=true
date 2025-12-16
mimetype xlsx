--- v0 (2025-10-03)
+++ v1 (2025-12-16)
@@ -80,51 +80,51 @@
   <si>
     <t>Type d'établissement</t>
   </si>
   <si>
     <t>Activités</t>
   </si>
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
     <t>HOSPITALISATION A DOMICILE - ALENCON</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>21/01/2025 10:18:01</t>
+    <t>10/12/2025 13:37:13</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/2076_FicheEtablissement/fr/hospitalisation-a-domicile-alencon</t>
   </si>
   <si>
     <t>2076_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>61250 DAMIGNY</t>
   </si>
   <si>
     <t>DAMIGNY</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>0233329199</t>
   </si>
   <si>
     <t>Privé à but non lucratif</t>
   </si>