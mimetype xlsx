--- v0 (2025-11-27)
+++ v1 (2026-01-11)
@@ -80,51 +80,51 @@
   <si>
     <t>Type d'établissement</t>
   </si>
   <si>
     <t>Activités</t>
   </si>
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
     <t>POLYCLINIQUE LA CONCORDE</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>10/07/2025 15:43:44</t>
+    <t>09/12/2025 15:10:35</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3400_FicheEtablissement/fr/polyclinique-la-concorde</t>
   </si>
   <si>
     <t>3400_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>90 Rue Marcel Bourdarias</t>
   </si>
   <si>
     <t>94140 ALFORTVILLE</t>
   </si>
   <si>
     <t>ALFORTVILLE</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
     <t>0145182828</t>
   </si>