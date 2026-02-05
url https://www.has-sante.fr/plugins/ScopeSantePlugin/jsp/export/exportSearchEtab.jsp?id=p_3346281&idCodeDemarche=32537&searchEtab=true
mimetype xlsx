--- v0 (2025-12-22)
+++ v1 (2026-02-05)
@@ -110,51 +110,51 @@
   <si>
     <t>2015_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>162 Route De Mons</t>
   </si>
   <si>
     <t>59600 MAUBEUGE</t>
   </si>
   <si>
     <t>MAUBEUGE</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>0327698170</t>
   </si>
   <si>
     <t>Privé</t>
   </si>
   <si>
-    <t>Cancérologie, Chirurgie, Médecine, Soins médicaux et de réadaptation</t>
+    <t>Chirurgie, Médecine, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>590813507</t>
   </si>
   <si>
     <t>Établissements non certifiés</t>
   </si>
   <si>
     <t>HAD SAMBRE AVESNOIS S.A. POLYCLIN DU VAL DE SAMBRE MAUBEUGE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/5798_FicheEtablissement/fr/had-sambre-avesnois</t>
   </si>
   <si>
     <t>5798_FicheEtablissement</t>
   </si>
   <si>
     <t>59603 MAUBEUGE</t>
   </si>
   <si>
     <t>0327563400</t>
   </si>
   <si>
     <t>Médecine</t>
   </si>