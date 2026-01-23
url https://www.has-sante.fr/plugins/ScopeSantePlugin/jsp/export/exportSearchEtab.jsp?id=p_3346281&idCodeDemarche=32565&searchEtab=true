--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -74,60 +74,60 @@
   <si>
     <t>Téléphone</t>
   </si>
   <si>
     <t>Site internet</t>
   </si>
   <si>
     <t>Type d'établissement</t>
   </si>
   <si>
     <t>Activités</t>
   </si>
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
-    <t>CENTRE DE POST CURE APRES</t>
+    <t>HC HDJ ADULTE CENTRE DE POST CURE APRES TOULOUSE</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>25/09/2025 12:57:10</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/4950_FicheEtablissement/fr/centre-de-post-cure-apres-toulouse</t>
+    <t>https://www.has-sante.fr/jcms/4950_FicheEtablissement/fr/hc-hdj-adult-cespa-apres-toulouse</t>
   </si>
   <si>
     <t>4950_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>40 Chemin Ribaute</t>
   </si>
   <si>
     <t>31400 TOULOUSE</t>
   </si>
   <si>
     <t>TOULOUSE</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>0562477300</t>
   </si>
   <si>
     <t>Privé à but non lucratif</t>
   </si>