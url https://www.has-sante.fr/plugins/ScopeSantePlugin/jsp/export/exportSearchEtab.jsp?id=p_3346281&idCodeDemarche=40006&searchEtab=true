--- v1 (2025-12-31)
+++ v2 (2026-02-20)
@@ -110,51 +110,51 @@
   <si>
     <t>2662_FicheEtablissement</t>
   </si>
   <si>
     <t>grand</t>
   </si>
   <si>
     <t>26 Avenue Du Dr Arnold Netter</t>
   </si>
   <si>
     <t>75571 PARIS CEDEX 12</t>
   </si>
   <si>
     <t>PARIS CEDEX 12</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>0144737475</t>
   </si>
   <si>
     <t>CHU</t>
   </si>
   <si>
-    <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Cancérologie, Chirurgie, Diagnostic génétique, Imagerie Médicale, Médecine, Néphrologie, Obstétrique, Réanimation</t>
+    <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Cancérologie, Diagnostic génétique, Imagerie Médicale, Médecine, Néphrologie, Obstétrique, Réanimation</t>
   </si>
   <si>
     <t>Public</t>
   </si>
   <si>
     <t>750100109</t>
   </si>
   <si>
     <t>Établissements certifiés</t>
   </si>
   <si>
     <t>GHU APHP SORBONNE UNIVERSITE SITE LA ROCHE GUYON</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3416_FicheEtablissement/fr/ghu-aphp-sun-site-la-roche-guyon</t>
   </si>
   <si>
     <t>3416_FicheEtablissement</t>
   </si>
   <si>
     <t>petit</t>
   </si>
   <si>
     <t>1 Rue Justinien Blazy</t>
   </si>