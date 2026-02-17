--- v1 (2026-01-01)
+++ v2 (2026-02-17)
@@ -1,352 +1,352 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Etablissement de santé" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Healthcare organisation" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Healthcare organisation'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="260" uniqueCount="104">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Taille établissement</t>
-[...2 lines deleted...]
-    <t>Adresse</t>
+    <t>Healthcare organisation size</t>
+  </si>
+  <si>
+    <t>Adress</t>
   </si>
   <si>
     <t>Etablissement.libelle.adresse2</t>
   </si>
   <si>
-    <t>Commune</t>
-[...20 lines deleted...]
-    <t>Numéro finess geo</t>
+    <t>City</t>
+  </si>
+  <si>
+    <t>Department</t>
+  </si>
+  <si>
+    <t>Phone</t>
+  </si>
+  <si>
+    <t>WebSite</t>
+  </si>
+  <si>
+    <t>Type of Healthcare organisation</t>
+  </si>
+  <si>
+    <t>Activity</t>
+  </si>
+  <si>
+    <t>Legal status</t>
+  </si>
+  <si>
+    <t>Geographical finess</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
     <t>CHU/CENTRE HOSPITALIER REGIONAL UNIVERSITAIRE DE LILLE</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>30/01/2023 10:13:44</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/1889_FicheEtablissement/fr/chu/chr-lille</t>
+    <t>01/30/2023 10:13:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1889_FicheEtablissement/en/chu/chr-lille</t>
   </si>
   <si>
     <t>1889_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>2 Avenue Oscar Lambret</t>
   </si>
   <si>
     <t>59037 LILLE</t>
   </si>
   <si>
     <t>LILLE</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>0320445962</t>
   </si>
   <si>
     <t>CHU</t>
   </si>
   <si>
-    <t>Cancérologie</t>
+    <t>Cancérologie, Psychiatrie</t>
   </si>
   <si>
     <t>Public</t>
   </si>
   <si>
     <t>590000105</t>
   </si>
   <si>
     <t>Établissements certifiés avec mention</t>
   </si>
   <si>
     <t>HOPITAL JEANNE DE FLANDRE DU CHU DE LILLE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/1917_FicheEtablissement/fr/hop-jeanne-de-flandre-chu-lille</t>
+    <t>https://www.has-sante.fr/jcms/1917_FicheEtablissement/en/hop-jeanne-de-flandre-chu-lille</t>
   </si>
   <si>
     <t>1917_FicheEtablissement</t>
   </si>
   <si>
     <t>grand</t>
   </si>
   <si>
     <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Cancérologie, Chirurgie, Diagnostic génétique, Médecine, Néphrologie, Obstétrique, Réanimation, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>590006607</t>
   </si>
   <si>
     <t>HAD CHRU LILLE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/1940_FicheEtablissement/fr/had-chu-lille</t>
+    <t>https://www.has-sante.fr/jcms/1940_FicheEtablissement/en/had-chu-lille</t>
   </si>
   <si>
     <t>1940_FicheEtablissement</t>
   </si>
   <si>
     <t>59000 LILLE</t>
   </si>
   <si>
     <t>0320445955</t>
   </si>
   <si>
     <t>Médecine</t>
   </si>
   <si>
     <t>590045407</t>
   </si>
   <si>
     <t>HOPITAL CALMETTE DU CHU DE  LILLE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/1968_FicheEtablissement/fr/hop-calmette-chu-lille</t>
+    <t>https://www.has-sante.fr/jcms/1968_FicheEtablissement/en/hop-calmette-chu-lille</t>
   </si>
   <si>
     <t>1968_FicheEtablissement</t>
   </si>
   <si>
     <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Médecine, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>590784864</t>
   </si>
   <si>
     <t>HÔPITAL SWYNGHEDAUW DU CHU DE LILLE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/1969_FicheEtablissement/fr/hopital-swynghedauw-chu-lille</t>
+    <t>https://www.has-sante.fr/jcms/1969_FicheEtablissement/en/hopital-swynghedauw-chu-lille</t>
   </si>
   <si>
     <t>1969_FicheEtablissement</t>
   </si>
   <si>
     <t>0320445831</t>
   </si>
   <si>
     <t>Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>590784898</t>
   </si>
   <si>
     <t>INSTITUT COEUR POUMON DU CHU LILLE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/1974_FicheEtablissement/fr/institut-coeur-poumon-chu-lille</t>
+    <t>https://www.has-sante.fr/jcms/1974_FicheEtablissement/en/institut-coeur-poumon-chu-lille</t>
   </si>
   <si>
     <t>1974_FicheEtablissement</t>
   </si>
   <si>
-    <t>Chirurgie, Imagerie Médicale, Médecine, Réanimation, Soins médicaux et de réadaptation</t>
+    <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Réanimation, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>590787586</t>
   </si>
   <si>
     <t>CENTRE DE SOINS POUR PERSONNES AGÉES DU CHU DE LILLE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/1979_FicheEtablissement/fr/cspa-les-bateliers-chu-lille</t>
+    <t>https://www.has-sante.fr/jcms/1979_FicheEtablissement/en/cspa-les-bateliers-chu-lille</t>
   </si>
   <si>
     <t>1979_FicheEtablissement</t>
   </si>
   <si>
     <t>23 Rue Des Bateliers</t>
   </si>
   <si>
     <t>0320557550</t>
   </si>
   <si>
     <t>Médecine, Psychiatrie</t>
   </si>
   <si>
     <t>590791091</t>
   </si>
   <si>
     <t>CHU/USN FONTAN - LINQUETTE CHR LILLE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/1982_FicheEtablissement/fr/chu/usn-fontan-linquette-chr-lille</t>
+    <t>https://www.has-sante.fr/jcms/1982_FicheEtablissement/en/chu/usn-fontan-linquette-chr-lille</t>
   </si>
   <si>
     <t>1982_FicheEtablissement</t>
   </si>
   <si>
     <t>0320444215</t>
   </si>
   <si>
     <t>Médecine, Psychiatrie, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>590791653</t>
   </si>
   <si>
     <t>HÔPITAL ROGER SALENGRO - HÔPITAL DU CHU DE LILLE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/1984_FicheEtablissement/fr/hopital-salengro-chu-lille</t>
+    <t>https://www.has-sante.fr/jcms/1984_FicheEtablissement/en/hopital-salengro-chu-lille</t>
   </si>
   <si>
     <t>1984_FicheEtablissement</t>
   </si>
   <si>
     <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Réanimation</t>
   </si>
   <si>
     <t>590796975</t>
   </si>
   <si>
     <t>SERVICE DE LONG SEJOUR LES BATELIERS DU CHU DE LILLE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/1996_FicheEtablissement/fr/usld-les-bateliers-chu-lille</t>
+    <t>https://www.has-sante.fr/jcms/1996_FicheEtablissement/en/usld-les-bateliers-chu-lille</t>
   </si>
   <si>
     <t>1996_FicheEtablissement</t>
   </si>
   <si>
     <t>petit</t>
   </si>
   <si>
     <t>Soins de longue durée</t>
   </si>
   <si>
     <t>590804449</t>
   </si>
   <si>
     <t>HOPITAL CLAUDE HURIEZ DU CHU DE LILLE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/2005_FicheEtablissement/fr/hop-claude-huriez-chu-lille</t>
+    <t>https://www.has-sante.fr/jcms/2005_FicheEtablissement/en/hop-claude-huriez-chu-lille</t>
   </si>
   <si>
     <t>2005_FicheEtablissement</t>
   </si>
   <si>
     <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Néphrologie, Réanimation</t>
   </si>
   <si>
     <t>590811279</t>
   </si>
   <si>
     <t>UNITÉ HOSPITALIÈRE SPÉCIALEMENT AMÉNAGÉE (UHSA)</t>
   </si>
   <si>
-    <t>11/12/2025 03:12:18</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/5860_FicheEtablissement/fr/uhsa-psychiatrie-generale</t>
+    <t>12/11/2025 03:12:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5860_FicheEtablissement/en/uhsa-psychiatrie-generale</t>
   </si>
   <si>
     <t>5860_FicheEtablissement</t>
   </si>
   <si>
     <t>10 Chemin Du Bois De L'Hôpital</t>
   </si>
   <si>
     <t>59113 SECLIN</t>
   </si>
   <si>
     <t>SECLIN</t>
   </si>
   <si>
     <t>Psychiatrie</t>
   </si>
   <si>
     <t>590067823</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>