--- v0 (2025-11-08)
+++ v1 (2026-02-20)
@@ -80,51 +80,51 @@
   <si>
     <t>Type d'établissement</t>
   </si>
   <si>
     <t>Activités</t>
   </si>
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
     <t>CENTRE HOSPITALIER DU PUY EN VELAY</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>27/09/2024 09:15:40</t>
+    <t>11/02/2026 18:55:29</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1385_FicheEtablissement/fr/ch-emile-roux-le-puy</t>
   </si>
   <si>
     <t>1385_FicheEtablissement</t>
   </si>
   <si>
     <t>grand</t>
   </si>
   <si>
     <t>12 Boulevard Du Dr Chantemesse</t>
   </si>
   <si>
     <t>43012 LE PUY EN VELAY</t>
   </si>
   <si>
     <t>LE PUY EN VELAY</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>0471043210</t>
   </si>