--- v0 (2025-11-23)
+++ v1 (2026-02-27)
@@ -74,60 +74,60 @@
   <si>
     <t>Téléphone</t>
   </si>
   <si>
     <t>Site internet</t>
   </si>
   <si>
     <t>Type d'établissement</t>
   </si>
   <si>
     <t>Activités</t>
   </si>
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
-    <t>H.A.D. DE POITIERS</t>
+    <t>HAD PRIVEE DE LA VIENNE</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>13/04/2023 15:25:43</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3103_FicheEtablissement/fr/h-a-d-de-poitiers</t>
+    <t>https://www.has-sante.fr/jcms/3103_FicheEtablissement/fr/had-privee-de-la-vienne</t>
   </si>
   <si>
     <t>3103_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>3 Rue De La Providence</t>
   </si>
   <si>
     <t>86000 POITIERS</t>
   </si>
   <si>
     <t>POITIERS</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
     <t>0549422617</t>
   </si>
   <si>
     <t>Privé</t>
   </si>