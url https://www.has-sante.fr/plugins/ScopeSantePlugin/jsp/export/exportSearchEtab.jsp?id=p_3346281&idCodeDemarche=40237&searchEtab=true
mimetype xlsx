--- v0 (2025-11-03)
+++ v1 (2026-01-08)
@@ -80,90 +80,90 @@
   <si>
     <t>Type d'établissement</t>
   </si>
   <si>
     <t>Activités</t>
   </si>
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
     <t>CENTRE DE SOINS DE SUITE DU CHATEAU DE MARLONGES</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>21/08/2024 16:47:27</t>
+    <t>17/11/2025 15:45:56</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/509_FicheEtablissement/fr/css-du-chateau-marlonges-chambon</t>
   </si>
   <si>
     <t>509_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>5 Rue De La Grosse Motte</t>
   </si>
   <si>
     <t>17290 CHAMBON</t>
   </si>
   <si>
     <t>CHAMBON</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>0546274848</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>Public</t>
   </si>
   <si>
     <t>170000061</t>
   </si>
   <si>
-    <t>Établissements certifiés sous conditions</t>
+    <t>Établissements certifiés</t>
   </si>
   <si>
     <t>HOPITAL SAINT-LOUIS - LA ROCHELLE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/511_FicheEtablissement/fr/hopital-saint-louis-la-rochelle</t>
   </si>
   <si>
     <t>511_FicheEtablissement</t>
   </si>
   <si>
     <t>grand</t>
   </si>
   <si>
     <t>17019 LA ROCHELLE CEDEX 1</t>
   </si>
   <si>
     <t>LA ROCHELLE CEDEX 1</t>
   </si>
   <si>
     <t>0546455050</t>
   </si>
   <si>
     <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Néphrologie, Obstétrique, Réanimation</t>
   </si>