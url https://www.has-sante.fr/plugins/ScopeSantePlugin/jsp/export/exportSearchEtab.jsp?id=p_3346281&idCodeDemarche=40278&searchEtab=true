--- v0 (2025-10-19)
+++ v1 (2026-01-21)
@@ -89,51 +89,51 @@
   <si>
     <t>Geographical finess</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
     <t>CLINIQUE DU JURA</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>03/25/2025 16:54:50</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1289_FicheEtablissement/en/clinique-du-jura</t>
   </si>
   <si>
     <t>1289_FicheEtablissement</t>
   </si>
   <si>
-    <t>petit</t>
+    <t>moyen</t>
   </si>
   <si>
     <t>9 Rue Louis Rousseau</t>
   </si>
   <si>
     <t>39000 LONS LE SAUNIER</t>
   </si>
   <si>
     <t>LONS LE SAUNIER</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>0384351600</t>
   </si>
   <si>
     <t>Privé</t>
   </si>
   <si>
     <t>Chirurgie</t>
   </si>
   <si>
     <t>390780559</t>
   </si>