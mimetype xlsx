--- v0 (2025-11-09)
+++ v1 (2025-12-25)
@@ -110,87 +110,87 @@
   <si>
     <t>512_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>18 Avenue Du Port</t>
   </si>
   <si>
     <t>17415 ST JEAN D ANGELY</t>
   </si>
   <si>
     <t>ST JEAN D ANGELY</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>0546595050</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
-    <t>Chirurgie, Médecine, Psychiatrie, Soins médicaux et de réadaptation</t>
+    <t>Chirurgie, Imagerie Médicale, Médecine, Psychiatrie, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>Public</t>
   </si>
   <si>
     <t>170000095</t>
   </si>
   <si>
     <t>Établissements certifiés</t>
   </si>
   <si>
     <t>CH DE SAINTONGE - SAINTES</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/513_FicheEtablissement/en/ch-de-saintonge-saintes</t>
   </si>
   <si>
     <t>513_FicheEtablissement</t>
   </si>
   <si>
     <t>grand</t>
   </si>
   <si>
     <t>11 Boulevard Ambroise Pare</t>
   </si>
   <si>
     <t>17108 SAINTES</t>
   </si>
   <si>
     <t>SAINTES</t>
   </si>
   <si>
     <t>0546951515</t>
   </si>
   <si>
-    <t>Cancérologie, Chirurgie, Médecine, Néphrologie, Obstétrique, Psychiatrie, Réanimation</t>
+    <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Néphrologie, Obstétrique, Psychiatrie, Réanimation</t>
   </si>
   <si>
     <t>170000103</t>
   </si>
   <si>
     <t>HDJ - CMP - CATTP DE SAINTES</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/4624_FicheEtablissement/en/hdj-cmp-cattp-de-saintes</t>
   </si>
   <si>
     <t>4624_FicheEtablissement</t>
   </si>
   <si>
     <t>116 Cour Paul Doumer</t>
   </si>
   <si>
     <t>0546951060</t>
   </si>
   <si>
     <t>Psychiatrie</t>
   </si>
   <si>
     <t>170020994</t>
   </si>